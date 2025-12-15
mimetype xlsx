--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -5,600 +5,615 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cdecolorado.sharepoint.com/sites/DataPipelineCollectionLeads/Shared Documents/General/Website_Data Pipeline General Info/Frequently Requested Codes and Resources/Accessible Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\severson_a\CDEColorado\Data Pipeline Collection Leads - General\Website_Data Pipeline General Info\Frequently Requested Codes and Resources\Accessible Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="394" documentId="8_{3860ED39-89FA-4781-9FDB-174094D9DB89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CEE4A8C5-ABC6-42ED-B81D-969790DFCBB0}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{31DB9084-2BCB-4998-BD51-CACB7D108104}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026" sheetId="15" r:id="rId1"/>
     <sheet name="2024-2025" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="862" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="865" uniqueCount="224">
   <si>
     <t>2025-2026 Data Pipeline Collection Dates</t>
   </si>
   <si>
     <t>Collection</t>
   </si>
   <si>
     <t>Data Collection Lead Email</t>
   </si>
   <si>
     <t>Open Date</t>
   </si>
   <si>
     <t>Initial Due Date</t>
   </si>
   <si>
     <t>Review Period</t>
   </si>
   <si>
     <t>Final Approval</t>
   </si>
   <si>
     <t>Data Available</t>
   </si>
   <si>
     <t>CY, PY or FY</t>
   </si>
   <si>
     <t>Data Sources</t>
   </si>
   <si>
     <t>System</t>
   </si>
   <si>
-    <t>RITS</t>
-[...5 lines deleted...]
-    <t>Year Round</t>
+    <t>Human Resources</t>
+  </si>
+  <si>
+    <t>HumanResourcesData@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>1/22/2025-2/13/2025</t>
+  </si>
+  <si>
+    <t>April 2026</t>
+  </si>
+  <si>
+    <t>current</t>
+  </si>
+  <si>
+    <t>Directory, EDIS, Staff Profile, Staff Assignment</t>
+  </si>
+  <si>
+    <t>Data Pipeline</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Special Ed December </t>
+  </si>
+  <si>
+    <t>SpedDecCount@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>1/24/2025 -1/31/2025</t>
+  </si>
+  <si>
+    <t>Directory, RITS, EDIS, Student Demographic, Student School Association, Staff Profile, Staff Assignment, Special Ed Child, Special Ed Participation</t>
+  </si>
+  <si>
+    <t>District Calendars</t>
+  </si>
+  <si>
+    <t>DirectoryData@cde.state.co.us</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
-    <t>current</t>
-[...14 lines deleted...]
-    <t>Directory, EDIS</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>future</t>
   </si>
   <si>
     <t>Directory</t>
   </si>
   <si>
-    <t>DirectoryData@cde.state.co.us</t>
-[...11 lines deleted...]
-    <t>future</t>
+    <t>Teacher Student Data Link Interchange</t>
+  </si>
+  <si>
+    <t>TeacherStudentDataLink@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, RITS, EDIS, Teacher Student Data Link</t>
+  </si>
+  <si>
+    <t xml:space="preserve">READ Training </t>
+  </si>
+  <si>
+    <t>READActData@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Fall 2025</t>
+  </si>
+  <si>
+    <t>Directory, EDIS, READ</t>
+  </si>
+  <si>
+    <t>Non-Public Schools</t>
+  </si>
+  <si>
+    <t>February 2026</t>
+  </si>
+  <si>
+    <t>Directory (separate)</t>
+  </si>
+  <si>
+    <t>School Board Membership</t>
+  </si>
+  <si>
+    <t>January 2026</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Directory: Student Instructional Days and Hours for 2025-26 SY </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
       <t>(NEW 2025-26)</t>
     </r>
   </si>
   <si>
     <t>DirectoryData@cde.state.co.us </t>
   </si>
   <si>
     <t>Directory File Upload</t>
   </si>
   <si>
-    <t xml:space="preserve">READ Training </t>
-[...8 lines deleted...]
-    <t>Directory, EDIS, READ</t>
+    <t>Kindergarten School Readiness</t>
+  </si>
+  <si>
+    <t>KSRData@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, Kindergarten School Readiness</t>
   </si>
   <si>
     <t>Migrant</t>
   </si>
   <si>
     <t xml:space="preserve">meyer_b@cde.state.co.us </t>
   </si>
   <si>
-    <t>11/10/2025-1/2/2026</t>
-[...2 lines deleted...]
-    <t>April 2026</t>
+    <t>Year Round</t>
+  </si>
+  <si>
+    <t>11/6/2025-11/14/2025</t>
   </si>
   <si>
     <t>prior</t>
   </si>
   <si>
     <t>Directory, RITS, Pipeline, SMART</t>
   </si>
   <si>
     <t>SMART</t>
   </si>
   <si>
-    <t>Student Interchange</t>
-[...29 lines deleted...]
-    <t>Directory, Student Demographic, Student School Association, Title I, At-Risk, RITS</t>
+    <t>Facility Schools December Staff</t>
+  </si>
+  <si>
+    <t>kochevar_l@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>2/2/2026-2/20/2026</t>
   </si>
   <si>
     <t>2024-25 Finance</t>
   </si>
   <si>
     <t>lucero_y@cde.state.co.us</t>
   </si>
   <si>
     <t>10/6/2025-3/27/2026</t>
   </si>
   <si>
     <t>May 2026</t>
   </si>
   <si>
     <t>Directory, December Finance</t>
   </si>
   <si>
-    <t>Title I Interchange</t>
-[...83 lines deleted...]
-    <t>EdTalentResearch@cde.state.co.us</t>
+    <t>March Report Card</t>
+  </si>
+  <si>
+    <t>ReportCard@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, Report Card March</t>
+  </si>
+  <si>
+    <t>Reduced Calendar Year for 2026-27 SY</t>
+  </si>
+  <si>
+    <t>June 2026</t>
+  </si>
+  <si>
+    <t>Safe Schools Accreditation Report</t>
+  </si>
+  <si>
+    <t>SafeSchools@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>July 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Safety Accreditation Form </t>
+  </si>
+  <si>
+    <t>School Code Changes - 2026-27 SY</t>
+  </si>
+  <si>
+    <t>August 2026</t>
+  </si>
+  <si>
+    <t>Student Attendance</t>
+  </si>
+  <si>
+    <t>Attendance@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Student Demographic, Student School Association</t>
+  </si>
+  <si>
+    <t>Prevent Harassment or Discimination in Schools</t>
+  </si>
+  <si>
+    <t>PreventHD@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>07/16/2026-07/30/2026</t>
+  </si>
+  <si>
+    <t>October 2026</t>
+  </si>
+  <si>
+    <t>Prevent Harassment or Discrimination</t>
+  </si>
+  <si>
+    <t>Special Ed Discipline</t>
+  </si>
+  <si>
+    <t>SpedDiscipline@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>6/11/2026-6/30/2026</t>
+  </si>
+  <si>
+    <t>Student Discipline Interchange, IEP Interchange, RITS, Directory</t>
+  </si>
+  <si>
+    <t>Student Discipline</t>
+  </si>
+  <si>
+    <t>StudentDiscipline@cde.state.co.us</t>
   </si>
   <si>
     <t>September 2026</t>
-  </si>
-[...165 lines deleted...]
-    <t>Student Discipline Interchange, RITS, Directory</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Student Restraint and Seclusion </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
       </rPr>
       <t>(NEW 2025-26)</t>
     </r>
   </si>
   <si>
     <t>StudentRestraintSeclusion@cde.state.co.us</t>
   </si>
   <si>
-    <t xml:space="preserve">Student Restraint and Seclusion </t>
+    <t>6/11/2026-6/25/2026</t>
+  </si>
+  <si>
+    <t>Student Engagement Evaluation (SEEDC) - Educational Stability Grant (ESG)</t>
+  </si>
+  <si>
+    <t>walz_t@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>SEEDC</t>
   </si>
   <si>
     <t>Student Engagement Evaluation (SEEDC) - Expelled and At-Risk Student Services Grant (EARSS)</t>
   </si>
   <si>
-    <t>walz_t@cde.state.co.us</t>
-[...10 lines deleted...]
-  <si>
     <t>Student Engagement Evaluation (SEEDC) - Student Re-engagement Grant (SRG)</t>
   </si>
   <si>
+    <t xml:space="preserve">Teacher Student Data Link Snapshot    </t>
+  </si>
+  <si>
+    <t>Directory, Student Demographic, Staff Profile, Teacher Student Data Link Interchange</t>
+  </si>
+  <si>
+    <t>Designated Agency Data Collection (DADC)</t>
+  </si>
+  <si>
+    <t>EdTalentResearch@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>EDIS, Designated Agency Data Collection</t>
+  </si>
+  <si>
+    <t>Directory: Student Instructional Days and Hours for 2026-27 SY</t>
+  </si>
+  <si>
+    <t>Special Ed End of Year</t>
+  </si>
+  <si>
+    <t>SpedEndOfYear@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>9/11/2026-9/18/2026</t>
+  </si>
+  <si>
+    <t>November 2026</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Student Demographic, Student School Association, Special Ed Child, Special Ed Participation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Staff Evaluation </t>
+  </si>
+  <si>
+    <t>StaffEvaluation@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>8/1/2026-9/1/2026</t>
+  </si>
+  <si>
+    <t>Directory, EDIS, Staff Profile, Staff Assignment, Staff Evaluation</t>
+  </si>
+  <si>
+    <t>Student End of Year</t>
+  </si>
+  <si>
+    <t>StudentEndOfYear@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>9/24-10/15;
+10/22-11/17; 
+11/19-11/24</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Student Demographic, Student School Association, Student Graduation Guidelines, Title I, Special Ed Participation, SEY-Adjustment</t>
+  </si>
+  <si>
+    <t>Alternative Education Campus (AEC) Application/Renewal Collection</t>
+  </si>
+  <si>
+    <t>sanders_b@cde.state.co.us; thompson_a@cde.state.co.us</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3/18/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4/24/2026</t>
+  </si>
+  <si>
+    <t>AEC Applcation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">READ Literacy Programs </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6/12/2026</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Student Demographic, Student School Association, Special Ed Child, READ</t>
+  </si>
+  <si>
+    <t>READ Spring Assessment</t>
+  </si>
+  <si>
     <t>Alternative Education Campus (AEC) Actual Measures and Data Collection</t>
   </si>
   <si>
     <t xml:space="preserve"> 5/13/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> 6/26/2026</t>
   </si>
   <si>
     <t>AEC Actual Measures</t>
   </si>
   <si>
-    <t>SAT/PSAT SBD</t>
-[...2 lines deleted...]
-    <t>TBD Expected May 2026</t>
+    <t>Student October</t>
+  </si>
+  <si>
+    <t>StudentOctober@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>11/10/2025  NOON</t>
+  </si>
+  <si>
+    <t>11/26/2025 NOON</t>
+  </si>
+  <si>
+    <t>Directory, Student Demographic, Student School Association, Title I, At-Risk, RITS</t>
+  </si>
+  <si>
+    <t>At Risk Interchange</t>
+  </si>
+  <si>
+    <t>ARMeasure@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Title I Interchange</t>
+  </si>
+  <si>
+    <t xml:space="preserve">chaffin_m@cde.state.co.us </t>
+  </si>
+  <si>
+    <t>Directory, RITS, Title I interchange</t>
+  </si>
+  <si>
+    <t>EDIS</t>
+  </si>
+  <si>
+    <t>EDIS@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, EDIS</t>
+  </si>
+  <si>
+    <t>Data Pipeline/Web</t>
+  </si>
+  <si>
+    <t>Staff Interchange</t>
+  </si>
+  <si>
+    <t>RITS</t>
+  </si>
+  <si>
+    <t>RITS@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>Directory, RITS</t>
+  </si>
+  <si>
+    <t>REMOVED: Alternative Education Campus (AEC) Planned Measures Collection</t>
+  </si>
+  <si>
+    <t>AEC Planned Measures</t>
+  </si>
+  <si>
+    <t>Special Education IEP Interchange</t>
+  </si>
+  <si>
+    <t>2/2/2026-2/6/2026</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Special Ed Child and Special Ed Participation</t>
+  </si>
+  <si>
+    <t>Discipline Interchange</t>
+  </si>
+  <si>
+    <t xml:space="preserve">StudentDiscipline@cde.state.co.us </t>
+  </si>
+  <si>
+    <t>Student Discipline Interchange, RITS, Directory, Student Demographic</t>
+  </si>
+  <si>
+    <t>Student Interchange</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Student Demographic, Student School Association, Student Graduation Guidelines, Student Adjust</t>
+  </si>
+  <si>
+    <t>ACCESS for ELLs SBD</t>
+  </si>
+  <si>
+    <t>sbdsupport@cde.state.co.us</t>
+  </si>
+  <si>
+    <t>3/16/2026</t>
+  </si>
+  <si>
+    <t>3/25/2026</t>
+  </si>
+  <si>
+    <t>Directory, RITS, Access for ELLs SBD</t>
+  </si>
+  <si>
+    <t>Assessment Student Biographical Data (SBD) Snapshot (NEW 25-26)</t>
+  </si>
+  <si>
+    <t>5/1/2026 - 5/8/2026</t>
+  </si>
+  <si>
+    <t>REMOVED: CMAS ELA, Math, Science, and SS and CoAlt Science and SS SBD</t>
+  </si>
+  <si>
+    <t>Directory, RITS, CMAS SBD</t>
+  </si>
+  <si>
+    <t>Directory, RITS, CoAlt SBD</t>
+  </si>
+  <si>
+    <t>REMOVED: SAT/PSAT SBD</t>
   </si>
   <si>
     <t>Directory, RITS, SAT/PSAT SBD</t>
   </si>
   <si>
-    <t>CMAS ELA, Math, Science, and SS and CoAlt Science and SS SBD</t>
-[...10 lines deleted...]
-  <si>
     <t>End of Sheet</t>
   </si>
   <si>
     <t>2024-2025 Data Pipeline Collection Dates</t>
   </si>
   <si>
     <t>11/11/2024-12/13/2024</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Directory, RITS, SMART</t>
   </si>
   <si>
     <t>Directory, RITS, Student Demographic, Student School Association, Student Graduation Guidelines</t>
   </si>
   <si>
     <t>11/8/2024  NOON</t>
   </si>
   <si>
     <t>11/27/2024 NOON</t>
   </si>
   <si>
     <t>January 2025</t>
@@ -619,50 +634,53 @@
     <t>Uses data provided by districts in preliminary October Count snapshot  - Directory, RITS, Student Demographic, Student School Association</t>
   </si>
   <si>
     <t>PSAT9, PSAT10, and SAT Pre-ID</t>
   </si>
   <si>
     <t>Uses data provided by districts in preliminary October Count snapshot  -Directory, RITS, Student Demographic, Student School Association</t>
   </si>
   <si>
     <t>CMAS Math, ELA, CSLA and Science; CoAlt Science Pre-ID</t>
   </si>
   <si>
     <t>CoAlt Math, ELA (Dynamic Learning Maps - DLM) Pre-ID</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>School Readiness</t>
   </si>
   <si>
     <t>rhodes_t@cde.state.co.us</t>
   </si>
   <si>
     <t>January 2024</t>
+  </si>
+  <si>
+    <t>2/14/2025-2/21/2025</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Reduced Calendar Year</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>School Code Changes</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>sanders_b@cde.state.co.us</t>
   </si>
   <si>
     <t xml:space="preserve"> 3/19/2025</t>
   </si>
   <si>
     <t xml:space="preserve"> 4/25/2025</t>
   </si>
@@ -688,81 +706,105 @@
     <t>November 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prevent Harassment or Discimination in Schools 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Trebuchet MS"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(New 2024-25)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Prevent Harassmen and Discimination </t>
   </si>
   <si>
     <t xml:space="preserve"> 5/1/2025</t>
   </si>
   <si>
+    <t>Directory, RITS, Student Demographic, Student School Association, Special Ed Discipline Action, Special Ed Participation</t>
+  </si>
+  <si>
     <t>9/8/2025-9/12/2025</t>
   </si>
   <si>
     <t>9/18-10/16;
 10/23-11/18; 
 11/20-11/25</t>
   </si>
   <si>
     <t xml:space="preserve"> 5/7/2025</t>
   </si>
   <si>
+    <t>Student Discipline Interchange, RITS, Directory</t>
+  </si>
+  <si>
+    <t>Mid Year: current                                              End of Year: prior</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 5/14/2025</t>
   </si>
   <si>
+    <t>SAT/PSAT SBD</t>
+  </si>
+  <si>
     <t>TBD Expected May 2025</t>
   </si>
   <si>
+    <t>CMAS ELA, Math, Science, and SS and CoAlt Science and SS SBD</t>
+  </si>
+  <si>
+    <t>CoAlt ELA and Math (DLM) SBD</t>
+  </si>
+  <si>
     <t>Fall 2024</t>
   </si>
   <si>
-    <t>Reduced Calendar Year for 2026-27 SY</t>
-[...2 lines deleted...]
-    <t>June 2026</t>
+    <t>Student Discipline Interchange, Student Demographic, Student School Association, IEP Interchange, RITS, Directory</t>
+  </si>
+  <si>
+    <t>Student Restraint and Seclusion, Student Demographic</t>
+  </si>
+  <si>
+    <t>summer</t>
+  </si>
+  <si>
+    <t>REMOVED: CoAlt ELA and Math (DLM) SBD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -812,218 +854,477 @@
       <sz val="18"/>
       <color theme="3"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF950000"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="32">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Trebuchet MS"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Trebuchet MS"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Trebuchet MS"/>
@@ -1135,208 +1436,50 @@
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="0"/>
         <name val="Trebuchet MS"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...156 lines deleted...]
-    <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <border>
         <right style="thick">
           <color theme="5"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
@@ -1385,133 +1528,191 @@
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="4"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color theme="4"/>
         </left>
         <right style="thin">
           <color theme="4"/>
         </right>
         <top style="thin">
           <color theme="4"/>
         </top>
         <bottom style="thin">
           <color theme="4"/>
         </bottom>
       </border>
     </dxf>
   </dxfs>
-  <tableStyles count="2" defaultTableStyle="RW_Custom" defaultPivotStyle="PivotStyleLight16">
+  <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="RW_Custom" pivot="0" count="4" xr9:uid="{D403356B-3824-47C5-B7EB-CB7E1C9C19F3}">
       <tableStyleElement type="wholeTable" dxfId="31"/>
       <tableStyleElement type="headerRow" dxfId="30"/>
       <tableStyleElement type="firstColumn" dxfId="29"/>
       <tableStyleElement type="firstRowStripe" dxfId="28"/>
     </tableStyle>
     <tableStyle name="RW_Custom 2" pivot="0" count="4" xr9:uid="{06A840C2-3FAC-46D0-9D97-751844A3EBA0}">
       <tableStyleElement type="wholeTable" dxfId="27"/>
       <tableStyleElement type="headerRow" dxfId="26"/>
       <tableStyleElement type="firstColumn" dxfId="25"/>
       <tableStyleElement type="firstRowStripe" dxfId="24"/>
     </tableStyle>
   </tableStyles>
   <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00D3D3D3"/>
+    </indexedColors>
     <mruColors>
       <color rgb="FF3645A0"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FF9C75FF"/>
       <color rgb="FF9CBC5C"/>
       <color rgb="FF78953D"/>
       <color rgb="FF5A702E"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{20DA316E-9252-49DB-B46B-7A97355474E9}" name="CollectionDates_2026" displayName="CollectionDates_2026" ref="A2:J52" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22">
-[...11 lines deleted...]
-  </autoFilter>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{20DA316E-9252-49DB-B46B-7A97355474E9}" name="CollectionDates_2026" displayName="CollectionDates_2026" ref="A2:J53" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0">
+  <autoFilter ref="A2:J53" xr:uid="{20DA316E-9252-49DB-B46B-7A97355474E9}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J53">
+    <sortCondition ref="F2:F53"/>
+  </sortState>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{79875676-8D50-4196-B0CC-004698455CE9}" name="Collection" dataDxfId="21"/>
-[...8 lines deleted...]
-    <tableColumn id="11" xr3:uid="{DF88E40C-00CA-41E5-9B31-BEE8BAE7B3C8}" name="System" dataDxfId="12"/>
+    <tableColumn id="1" xr3:uid="{79875676-8D50-4196-B0CC-004698455CE9}" name="Collection" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{0ED7FE61-9C2B-4205-B82D-CA16E1007260}" name="Data Collection Lead Email" dataDxfId="10" dataCellStyle="Hyperlink"/>
+    <tableColumn id="4" xr3:uid="{307F7456-69D0-48FD-900D-C95B441151F7}" name="Open Date" dataDxfId="9"/>
+    <tableColumn id="5" xr3:uid="{C52C81A6-FC50-43CC-8467-C23230F16A9A}" name="Initial Due Date" dataDxfId="8"/>
+    <tableColumn id="6" xr3:uid="{AEF52413-1701-433D-8D00-F4008C58B8E5}" name="Review Period" dataDxfId="7"/>
+    <tableColumn id="7" xr3:uid="{25A91FB3-6A62-4510-A28E-5439337D6B8C}" name="Final Approval" dataDxfId="6"/>
+    <tableColumn id="8" xr3:uid="{94D6DF0D-FA27-4607-BEA1-95B8C931446C}" name="Data Available" dataDxfId="5"/>
+    <tableColumn id="9" xr3:uid="{FB842A69-93A4-4DDB-891B-6538D28C9283}" name="CY, PY or FY" dataDxfId="4"/>
+    <tableColumn id="10" xr3:uid="{A8AA8A71-FDF8-4407-A8B9-496A42D814F6}" name="Data Sources" dataDxfId="3"/>
+    <tableColumn id="11" xr3:uid="{DF88E40C-00CA-41E5-9B31-BEE8BAE7B3C8}" name="System" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="RW_Custom 2" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{8BFFE169-C66C-403E-9F26-CC19DB73F627}" name="CollectionDates_2025" displayName="CollectionDates_2025" ref="A2:J51" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{8BFFE169-C66C-403E-9F26-CC19DB73F627}" name="CollectionDates_2025" displayName="CollectionDates_2025" ref="A2:J51" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22">
   <autoFilter ref="A2:J51" xr:uid="{8BFFE169-C66C-403E-9F26-CC19DB73F627}"/>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{1EB2A938-DD00-4F04-B920-AC40970C6803}" name="Collection" dataDxfId="9"/>
-[...8 lines deleted...]
-    <tableColumn id="11" xr3:uid="{7A1B1F23-B052-4F0E-A6F3-8965F7A06BB5}" name="System" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{1EB2A938-DD00-4F04-B920-AC40970C6803}" name="Collection" dataDxfId="21"/>
+    <tableColumn id="3" xr3:uid="{D2B67591-A09B-4821-A713-E96017CD90D3}" name="Data Collection Lead Email" dataDxfId="20"/>
+    <tableColumn id="4" xr3:uid="{877D9768-3A16-41EB-9CAB-55510C04B944}" name="Open Date" dataDxfId="19"/>
+    <tableColumn id="5" xr3:uid="{22222CFE-D381-4828-868E-66C959B9EB3C}" name="Initial Due Date" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{A2C1BFDA-6BD6-40BD-88E6-32ABA60BE394}" name="Review Period" dataDxfId="17"/>
+    <tableColumn id="7" xr3:uid="{50A49000-714C-41AC-A428-704583E77608}" name="Final Approval" dataDxfId="16"/>
+    <tableColumn id="8" xr3:uid="{78C40F63-DACC-4242-A398-56AC5F004910}" name="Data Available" dataDxfId="15"/>
+    <tableColumn id="9" xr3:uid="{6181CCBC-C529-4DCD-9DC3-F0CDD606B101}" name="CY, PY or FY" dataDxfId="14"/>
+    <tableColumn id="10" xr3:uid="{C47C1501-7584-4B69-AE5A-E5AED15ACFED}" name="Data Sources" dataDxfId="13"/>
+    <tableColumn id="11" xr3:uid="{7A1B1F23-B052-4F0E-A6F3-8965F7A06BB5}" name="System" dataDxfId="12"/>
   </tableColumns>
   <tableStyleInfo name="RW_Custom" showFirstColumn="1" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="CDE Color Contrast">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="232C67"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D2D3D3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="077682"/>
       </a:accent1>
       <a:accent2>
@@ -1699,3429 +1900,3460 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ReportCard@cde.state.co.us" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaffin_m@cde.state.co.us" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentRestraintSeclusion@cde.state.co.us" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentOctober@cde.state.co.us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EDIS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StaffEvaluation@cde.state.co.us" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KSRData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PreventHD@cde.state.co.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kochevar_l@cde.state.co.us" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Attendance@cde.state.co.us" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us&#160;" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meyer_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ARMeasure@cde.state.co.us" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Monaco_c@cde.state.co.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us&#160;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RITS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucero_y@cde.state.co.us" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ReportCard@cde.state.co.us" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us&#160;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SafeSchools@cde.state.co.us" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentRestraintSeclusion@cde.state.co.us" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentOctober@cde.state.co.us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EDIS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StaffEvaluation@cde.state.co.us" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaffin_m@cde.state.co.us" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kochevar_l@cde.state.co.us" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Attendance@cde.state.co.us" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ARMeasure@cde.state.co.us" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meyer_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KSRData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PreventHD@cde.state.co.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us&#160;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RITS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucero_y@cde.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaffin_m@cde.state.co.us" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentOctober@cde.state.co.us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EDIS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TeacherStudentDataLink@cde.state.co.us" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ReportCard@cde.state.co.us" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhodes_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:READActData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StaffEvaluation@cde.state.co.us" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meyer_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Attendance@cde.state.co.us" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:walz_t@cde.state.co.us" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DirectoryData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HumanResourcesData@cde.state.co.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedDecCount@cde.state.co.us" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanders_b@cde.state.co.us" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:StudentDiscipline@cde.state.co.us" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SpedEndOfYear@cde.state.co.us" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ARMeasure@cde.state.co.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kochevar_l@cde.state.co.us" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbdsupport@cde.state.co.us" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RITS@cde.state.co.us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucero_y@cde.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56288782-8461-43CF-BEA4-E73D18203044}">
   <sheetPr>
     <tabColor theme="5"/>
   </sheetPr>
-  <dimension ref="A1:J53"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G7" sqref="G7"/>
+      <selection activeCell="A52" sqref="A52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="50.875" style="20" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12" max="16384" width="8.75" style="23"/>
+    <col min="1" max="1" width="50.83203125" style="49" customWidth="1"/>
+    <col min="2" max="2" width="41.58203125" style="38" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14" style="48" customWidth="1"/>
+    <col min="4" max="6" width="14.25" style="48" customWidth="1"/>
+    <col min="7" max="7" width="18.58203125" style="48" customWidth="1"/>
+    <col min="8" max="8" width="16.08203125" style="48" customWidth="1"/>
+    <col min="9" max="9" width="56.25" style="49" customWidth="1"/>
+    <col min="10" max="10" width="17.75" style="50" customWidth="1"/>
+    <col min="11" max="11" width="14.25" style="38" customWidth="1"/>
+    <col min="12" max="16384" width="8.75" style="38"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="19" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="29" t="s">
+    <row r="1" spans="1:10" s="27" customFormat="1" ht="37.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="16"/>
-[...10 lines deleted...]
-      <c r="A2" s="25" t="s">
+      <c r="B1" s="24"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+      <c r="J1" s="26"/>
+    </row>
+    <row r="2" spans="1:10" s="29" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A2" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="26" t="s">
+      <c r="B2" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="27" t="s">
+      <c r="C2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="27" t="s">
+      <c r="E2" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="27" t="s">
+      <c r="F2" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="27" t="s">
+      <c r="G2" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="27" t="s">
+      <c r="H2" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="25" t="s">
+      <c r="I2" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="28" t="s">
+      <c r="J2" s="31" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A3" s="24" t="s">
+    <row r="3" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A3" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="42" t="s">
+      <c r="B3" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="34" t="s">
+      <c r="C3" s="33">
+        <v>45964</v>
+      </c>
+      <c r="D3" s="33">
+        <v>45701</v>
+      </c>
+      <c r="E3" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="35" t="s">
+      <c r="F3" s="33">
+        <v>45707</v>
+      </c>
+      <c r="G3" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="35" t="s">
+      <c r="H3" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="J3" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="33">
+        <v>45966</v>
+      </c>
+      <c r="D4" s="33">
+        <v>45680</v>
+      </c>
+      <c r="E4" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" s="33">
+        <v>45709</v>
+      </c>
+      <c r="G4" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="F3" s="35" t="s">
+      <c r="H4" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="36" t="s">
+        <v>21</v>
+      </c>
+      <c r="J4" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A5" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="33">
+        <v>45812</v>
+      </c>
+      <c r="D5" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="33">
+        <v>45898</v>
+      </c>
+      <c r="G5" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A6" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="33">
+        <v>45966</v>
+      </c>
+      <c r="D6" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="33">
+        <v>45898</v>
+      </c>
+      <c r="G6" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="36" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A7" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="33">
+        <v>45870</v>
+      </c>
+      <c r="D7" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="33">
+        <v>45900</v>
+      </c>
+      <c r="G7" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="36" t="s">
+        <v>34</v>
+      </c>
+      <c r="J7" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A8" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="33">
+        <v>45931</v>
+      </c>
+      <c r="D8" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="33">
+        <v>45995</v>
+      </c>
+      <c r="G8" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A9" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="33">
+        <v>45966</v>
+      </c>
+      <c r="D9" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="33">
+        <v>45995</v>
+      </c>
+      <c r="G9" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="J9" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="33">
+        <v>45902</v>
+      </c>
+      <c r="D10" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="33">
+        <v>45996</v>
+      </c>
+      <c r="G10" s="40">
+        <v>46296</v>
+      </c>
+      <c r="H10" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I10" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="J10" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A11" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="33">
+        <v>45936</v>
+      </c>
+      <c r="D11" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="33">
+        <v>46003</v>
+      </c>
+      <c r="G11" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="J11" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A12" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="33">
+        <v>45975</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="33">
+        <v>46028</v>
+      </c>
+      <c r="G12" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="G3" s="35" t="s">
+      <c r="H12" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I12" s="36" t="s">
+        <v>51</v>
+      </c>
+      <c r="J12" s="37" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A13" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="33" t="s">
+        <v>222</v>
+      </c>
+      <c r="D13" s="33">
+        <v>46055</v>
+      </c>
+      <c r="E13" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="33">
+        <v>46073</v>
+      </c>
+      <c r="G13" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="H3" s="35" t="s">
-[...69 lines deleted...]
-      <c r="J5" s="36" t="s">
+      <c r="H13" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A14" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="33">
+        <v>45870</v>
+      </c>
+      <c r="D14" s="33">
+        <v>46022</v>
+      </c>
+      <c r="E14" s="35" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="33">
+        <v>46108</v>
+      </c>
+      <c r="G14" s="34" t="s">
+        <v>59</v>
+      </c>
+      <c r="H14" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I14" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="J14" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A15" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="33">
+        <v>46078</v>
+      </c>
+      <c r="D15" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="33">
+        <v>46122</v>
+      </c>
+      <c r="G15" s="34" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="J15" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A16" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="21" t="s">
         <v>23</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H6" s="35" t="s">
+      <c r="C16" s="33">
+        <v>46057</v>
+      </c>
+      <c r="D16" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="33">
+        <v>46150</v>
+      </c>
+      <c r="G16" s="41" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="I6" s="40" t="s">
-[...2 lines deleted...]
-      <c r="J6" s="36" t="s">
+      <c r="I16" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="J16" s="37"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A17" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="33">
+        <v>46127</v>
+      </c>
+      <c r="D17" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="33">
+        <v>46173</v>
+      </c>
+      <c r="G17" s="34" t="s">
+        <v>68</v>
+      </c>
+      <c r="H17" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I17" s="36" t="s">
+        <v>69</v>
+      </c>
+      <c r="J17" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A18" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="21" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="38" t="s">
+      <c r="C18" s="33">
+        <v>46057</v>
+      </c>
+      <c r="D18" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="33">
+        <v>46203</v>
+      </c>
+      <c r="G18" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I18" s="36" t="s">
         <v>27</v>
       </c>
-      <c r="B7" s="43" t="s">
-[...130 lines deleted...]
-      <c r="C11" s="37">
+      <c r="J18" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A19" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="33">
+        <v>46127</v>
+      </c>
+      <c r="D19" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="33">
+        <v>46213</v>
+      </c>
+      <c r="G19" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I19" s="36" t="s">
+        <v>74</v>
+      </c>
+      <c r="J19" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A20" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" s="33">
+        <v>46142</v>
+      </c>
+      <c r="D20" s="33">
         <v>45854</v>
       </c>
-      <c r="D11" s="35" t="s">
-[...40 lines deleted...]
-      <c r="G12" s="34" t="s">
+      <c r="E20" s="35" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" s="33">
+        <v>46233</v>
+      </c>
+      <c r="G20" s="34" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20" s="35" t="s">
         <v>50</v>
       </c>
-      <c r="H12" s="35" t="s">
-[...218 lines deleted...]
-      <c r="G19" s="34" t="s">
+      <c r="I20" s="36" t="s">
+        <v>79</v>
+      </c>
+      <c r="J20" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A21" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="45" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="33">
+        <v>46121</v>
+      </c>
+      <c r="D21" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E21" s="35" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="33">
+        <v>46203</v>
+      </c>
+      <c r="G21" s="34" t="s">
+        <v>78</v>
+      </c>
+      <c r="H21" s="35" t="s">
         <v>50</v>
       </c>
-      <c r="H19" s="35" t="s">
-[...90 lines deleted...]
-        <v>45709</v>
+      <c r="I21" s="36" t="s">
+        <v>83</v>
+      </c>
+      <c r="J21" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A22" s="32" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="33">
+        <v>46121</v>
+      </c>
+      <c r="D22" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="33">
+        <v>46203</v>
       </c>
       <c r="G22" s="34" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="H22" s="35" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        <v>46058</v>
+        <v>50</v>
+      </c>
+      <c r="I22" s="36" t="s">
+        <v>220</v>
+      </c>
+      <c r="J22" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A23" s="39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="33">
+        <v>46142</v>
+      </c>
+      <c r="D23" s="33">
+        <v>46184</v>
       </c>
       <c r="E23" s="35" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>46073</v>
+        <v>89</v>
+      </c>
+      <c r="F23" s="33">
+        <v>46203</v>
       </c>
       <c r="G23" s="34" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="H23" s="35" t="s">
-        <v>15</v>
-[...16 lines deleted...]
-        <v>45992</v>
+        <v>50</v>
+      </c>
+      <c r="I23" s="36" t="s">
+        <v>221</v>
+      </c>
+      <c r="J23" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A24" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="33">
+        <v>46148</v>
       </c>
       <c r="D24" s="35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E24" s="35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46262</v>
+        <v>24</v>
+      </c>
+      <c r="F24" s="33">
+        <v>46241</v>
       </c>
       <c r="G24" s="34" t="s">
         <v>86</v>
       </c>
       <c r="H24" s="35" t="s">
-        <v>15</v>
-[...16 lines deleted...]
-        <v>46057</v>
+        <v>50</v>
+      </c>
+      <c r="I24" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="J24" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C25" s="33">
+        <v>46148</v>
       </c>
       <c r="D25" s="35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E25" s="35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46203</v>
+        <v>24</v>
+      </c>
+      <c r="F25" s="33">
+        <v>46241</v>
       </c>
       <c r="G25" s="34" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H25" s="35" t="s">
-        <v>26</v>
-[...16 lines deleted...]
-        <v>46057</v>
+        <v>50</v>
+      </c>
+      <c r="I25" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="J25" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C26" s="33">
+        <v>46148</v>
       </c>
       <c r="D26" s="35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E26" s="35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46248</v>
+        <v>24</v>
+      </c>
+      <c r="F26" s="33">
+        <v>46241</v>
       </c>
       <c r="G26" s="34" t="s">
         <v>86</v>
       </c>
       <c r="H26" s="35" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="J26" s="36" t="s">
+        <v>50</v>
+      </c>
+      <c r="I26" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="J26" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A27" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B27" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C27" s="33">
+        <v>46057</v>
+      </c>
+      <c r="D27" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="33">
+        <v>46248</v>
+      </c>
+      <c r="G27" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H27" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I27" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="J27" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A28" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" s="21" t="s">
         <v>23</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C27" s="37">
+      <c r="C28" s="33">
+        <v>46176</v>
+      </c>
+      <c r="D28" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="33">
+        <v>46262</v>
+      </c>
+      <c r="G28" s="34" t="s">
+        <v>78</v>
+      </c>
+      <c r="H28" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I28" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="J28" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A29" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>98</v>
+      </c>
+      <c r="C29" s="33">
+        <v>45992</v>
+      </c>
+      <c r="D29" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="33">
+        <v>46262</v>
+      </c>
+      <c r="G29" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H29" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="36" t="s">
+        <v>99</v>
+      </c>
+      <c r="J29" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A30" s="39" t="s">
+        <v>100</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="33">
         <v>46057</v>
       </c>
-      <c r="D27" s="35" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="37">
+      <c r="D30" s="33">
         <v>46150</v>
       </c>
-      <c r="G27" s="31" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="7" t="s">
+      <c r="E30" s="35"/>
+      <c r="F30" s="33">
+        <v>46295</v>
+      </c>
+      <c r="G30" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H30" s="35" t="s">
         <v>26</v>
       </c>
-      <c r="I27" s="11" t="s">
-[...32 lines deleted...]
-      <c r="J28" s="36" t="s">
+      <c r="I30" s="36" t="s">
+        <v>42</v>
+      </c>
+      <c r="J30" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A31" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C31" s="33">
+        <v>46143</v>
+      </c>
+      <c r="D31" s="33">
+        <v>46275</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="F31" s="33">
+        <v>46296</v>
+      </c>
+      <c r="G31" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I31" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="J31" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A32" s="32" t="s">
+        <v>106</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C32" s="33">
+        <v>46127</v>
+      </c>
+      <c r="D32" s="33">
+        <v>46199</v>
+      </c>
+      <c r="E32" s="35" t="s">
+        <v>108</v>
+      </c>
+      <c r="F32" s="33">
+        <v>46310</v>
+      </c>
+      <c r="G32" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="H32" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="36" t="s">
+        <v>109</v>
+      </c>
+      <c r="J32" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="B33" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C33" s="33">
+        <v>46142</v>
+      </c>
+      <c r="D33" s="33">
+        <v>46268</v>
+      </c>
+      <c r="E33" s="33" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" s="33">
+        <v>46357</v>
+      </c>
+      <c r="G33" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="H33" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I33" s="36" t="s">
+        <v>113</v>
+      </c>
+      <c r="J33" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A34" s="32" t="s">
+        <v>114</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C34" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E34" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="35" t="s">
+        <v>117</v>
+      </c>
+      <c r="G34" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H34" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" s="36" t="s">
+        <v>118</v>
+      </c>
+      <c r="J34" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A35" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="33">
+        <v>46127</v>
+      </c>
+      <c r="D35" s="33">
+        <v>45812</v>
+      </c>
+      <c r="E35" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H35" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="I35" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="J35" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A36" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="C36" s="33">
+        <v>46127</v>
+      </c>
+      <c r="D36" s="33">
+        <v>45812</v>
+      </c>
+      <c r="E36" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" s="34" t="s">
+        <v>71</v>
+      </c>
+      <c r="H36" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="J36" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A37" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C37" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="D37" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="35" t="s">
+        <v>125</v>
+      </c>
+      <c r="G37" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H37" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="J37" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A38" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B38" s="21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C38" s="33">
+        <v>45889</v>
+      </c>
+      <c r="D38" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="H38" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" s="36" t="s">
+        <v>131</v>
+      </c>
+      <c r="J38" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C39" s="33">
+        <v>45854</v>
+      </c>
+      <c r="D39" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E39" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G39" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="36" t="s">
+        <v>24</v>
+      </c>
+      <c r="J39" s="36" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A40" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="B40" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C40" s="33">
+        <v>45882</v>
+      </c>
+      <c r="D40" s="35"/>
+      <c r="E40" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G40" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" s="36" t="s">
+        <v>136</v>
+      </c>
+      <c r="J40" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="B41" s="21" t="s">
         <v>23</v>
       </c>
-    </row>
-[...191 lines deleted...]
-      <c r="A35" s="24" t="s">
+      <c r="C41" s="33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="J41" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B42" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C42" s="35" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G42" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H42" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I42" s="36" t="s">
+        <v>139</v>
+      </c>
+      <c r="J42" s="37" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B43" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C43" s="33">
+        <v>45910</v>
+      </c>
+      <c r="D43" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="J43" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C44" s="34" t="s">
+        <v>48</v>
+      </c>
+      <c r="D44" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H44" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="J44" s="37" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A45" s="46" t="s">
+        <v>145</v>
+      </c>
+      <c r="B45" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="D45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H45" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="36" t="s">
+        <v>146</v>
+      </c>
+      <c r="J45" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A46" s="32" t="s">
+        <v>147</v>
+      </c>
+      <c r="B46" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" s="33">
+        <v>45964</v>
+      </c>
+      <c r="D46" s="33">
+        <v>46052</v>
+      </c>
+      <c r="E46" s="35" t="s">
+        <v>148</v>
+      </c>
+      <c r="F46" s="33">
+        <v>46073</v>
+      </c>
+      <c r="G46" s="40">
+        <v>46143</v>
+      </c>
+      <c r="H46" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" s="36" t="s">
+        <v>149</v>
+      </c>
+      <c r="J46" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A47" s="32" t="s">
+        <v>150</v>
+      </c>
+      <c r="B47" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C47" s="33">
+        <v>45978</v>
+      </c>
+      <c r="D47" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" s="36" t="s">
+        <v>152</v>
+      </c>
+      <c r="J47" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A48" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B48" s="21" t="s">
         <v>111</v>
       </c>
-      <c r="B35" s="42" t="s">
-[...419 lines deleted...]
-        <v>152</v>
+      <c r="C48" s="33">
+        <v>45852</v>
       </c>
       <c r="D48" s="35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E48" s="35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F48" s="35" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>24</v>
+      </c>
+      <c r="G48" s="35" t="s">
+        <v>24</v>
       </c>
       <c r="H48" s="35" t="s">
         <v>15</v>
       </c>
-      <c r="I48" s="40" t="s">
+      <c r="I48" s="36" t="s">
         <v>154</v>
       </c>
-      <c r="J48" s="36" t="s">
-[...4 lines deleted...]
-      <c r="A49" s="24" t="s">
+      <c r="J48" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="32" t="s">
         <v>155</v>
       </c>
-      <c r="B49" s="42" t="s">
-        <v>103</v>
+      <c r="B49" s="21" t="s">
+        <v>156</v>
       </c>
       <c r="C49" s="34" t="s">
+        <v>157</v>
+      </c>
+      <c r="D49" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E49" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="34" t="s">
+        <v>158</v>
+      </c>
+      <c r="G49" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="J49" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A50" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="B50" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="D49" s="35" t="s">
-[...5 lines deleted...]
-      <c r="F49" s="34" t="s">
+      <c r="C50" s="33">
+        <v>46119</v>
+      </c>
+      <c r="D50" s="33">
+        <v>46143</v>
+      </c>
+      <c r="E50" s="35" t="s">
+        <v>161</v>
+      </c>
+      <c r="F50" s="33">
+        <v>45785</v>
+      </c>
+      <c r="G50" s="34"/>
+      <c r="H50" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" s="36" t="s">
+        <v>74</v>
+      </c>
+      <c r="J50" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A51" s="51" t="s">
+        <v>162</v>
+      </c>
+      <c r="B51" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="G49" s="35" t="s">
-[...19 lines deleted...]
-      <c r="C50" s="34" t="s">
+      <c r="C51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="D51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H51" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I51" s="36" t="s">
+        <v>163</v>
+      </c>
+      <c r="J51" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="51" t="s">
+        <v>223</v>
+      </c>
+      <c r="B52" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="D50" s="35" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="34" t="s">
+      <c r="C52" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="D52" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H52" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I52" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="J52" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="51" t="s">
+        <v>165</v>
+      </c>
+      <c r="B53" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="G50" s="35" t="s">
-[...78 lines deleted...]
-        <v>162</v>
+      <c r="C53" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="E53" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G53" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="H53" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" s="36" t="s">
+        <v>166</v>
+      </c>
+      <c r="J53" s="37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="47" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B3" r:id="rId1" xr:uid="{314FB775-94DD-4892-B60C-F51004089FA1}"/>
-[...47 lines deleted...]
-    <hyperlink ref="B27" r:id="rId49" xr:uid="{D83541F2-D52C-48D7-B1E6-758FD487AD98}"/>
+    <hyperlink ref="B44" r:id="rId1" xr:uid="{314FB775-94DD-4892-B60C-F51004089FA1}"/>
+    <hyperlink ref="B42" r:id="rId2" xr:uid="{C98F0648-2F80-4547-8998-8AF5637DAD85}"/>
+    <hyperlink ref="B41" r:id="rId3" xr:uid="{DDA848D7-108E-4B19-8FCA-5243E042CF1A}"/>
+    <hyperlink ref="B12" r:id="rId4" xr:uid="{F49D13ED-F2E9-45F0-864F-319C5E8EA245}"/>
+    <hyperlink ref="B48" r:id="rId5" xr:uid="{DEE91ECC-132D-4A55-9B53-374C52FBA1A0}"/>
+    <hyperlink ref="B14" r:id="rId6" xr:uid="{59E0FD61-EB6E-4320-B7EE-43072C6FB66E}"/>
+    <hyperlink ref="B38" r:id="rId7" xr:uid="{F3C2638D-2B04-47F7-9651-702FBF612306}"/>
+    <hyperlink ref="B43" r:id="rId8" xr:uid="{9F3EF9DE-6AEE-4982-94F2-1824C91FCFC8}"/>
+    <hyperlink ref="B46" r:id="rId9" xr:uid="{50616ED7-3628-49FF-883A-6CAEBBEAA05E}"/>
+    <hyperlink ref="B8" r:id="rId10" xr:uid="{EE74615B-337B-4BFC-9191-0CF0F7FC2C56}"/>
+    <hyperlink ref="B6" r:id="rId11" xr:uid="{0F6FE995-470E-4717-AFDD-D18358982377}"/>
+    <hyperlink ref="B4" r:id="rId12" xr:uid="{A901634E-513E-4AAF-86F4-3BF974A30592}"/>
+    <hyperlink ref="B3" r:id="rId13" xr:uid="{79E5F924-72DE-452A-B018-89EDE8E7ACE7}"/>
+    <hyperlink ref="B9" r:id="rId14" xr:uid="{67C3FDA0-D079-4464-9F65-846A4A558AAF}"/>
+    <hyperlink ref="B13" r:id="rId15" xr:uid="{10FF1A8F-9A90-49CB-B228-2ECBA25162EA}"/>
+    <hyperlink ref="B27" r:id="rId16" xr:uid="{D79A9C01-FA20-4C03-AE67-79089ADA5BA6}"/>
+    <hyperlink ref="B18" r:id="rId17" xr:uid="{49D3BBA2-DF25-4D58-A3F6-6F55180FBE56}"/>
+    <hyperlink ref="B15" r:id="rId18" xr:uid="{ECEAD6E4-7DAD-4E20-A39A-159DF73E0B07}"/>
+    <hyperlink ref="B34" r:id="rId19" display="sanders_b@cde.state.co.us" xr:uid="{396CBE92-ADFF-4B09-8C81-74320439D662}"/>
+    <hyperlink ref="B49" r:id="rId20" xr:uid="{0BA51409-CC0D-499A-9F07-DE7C06CDF951}"/>
+    <hyperlink ref="B36" r:id="rId21" xr:uid="{7C3ADD5E-B4A3-4CBC-A26D-E1599B1FD772}"/>
+    <hyperlink ref="B35" r:id="rId22" xr:uid="{80586B98-8801-40DA-BADF-C58233359A0C}"/>
+    <hyperlink ref="B19" r:id="rId23" xr:uid="{787BB06D-71C1-496B-99CE-3DA7BC1E17CE}"/>
+    <hyperlink ref="B32" r:id="rId24" xr:uid="{8742D49B-4579-4706-8CC5-F80D89F9DCED}"/>
+    <hyperlink ref="B47" r:id="rId25" xr:uid="{832B5A5A-0A9E-42A1-B031-86B61EE7D67A}"/>
+    <hyperlink ref="B25" r:id="rId26" xr:uid="{53065792-4281-436B-9C35-831B26C8C01C}"/>
+    <hyperlink ref="B24" r:id="rId27" xr:uid="{C083FACE-9D54-433E-BB60-924B2837442C}"/>
+    <hyperlink ref="B26" r:id="rId28" xr:uid="{A0976DA3-80B3-4B12-98A2-79F0FCED0D93}"/>
+    <hyperlink ref="B31" r:id="rId29" xr:uid="{2EC7BE28-707A-4B4B-9AFC-ECF2290278D2}"/>
+    <hyperlink ref="B33" r:id="rId30" xr:uid="{232ED942-05F5-47E1-A6A6-A1432CDD1CF1}"/>
+    <hyperlink ref="B53" r:id="rId31" xr:uid="{4286F237-7750-4B84-9346-F975C0E9A320}"/>
+    <hyperlink ref="B51" r:id="rId32" xr:uid="{F51D37D0-BAFA-46BC-93B1-6C7657E47942}"/>
+    <hyperlink ref="B28" r:id="rId33" xr:uid="{57485142-6AFB-4D78-8553-C6EC14F84C04}"/>
+    <hyperlink ref="B52" r:id="rId34" xr:uid="{8B16A44C-7447-4BD0-B7E8-E89AA7C496BB}"/>
+    <hyperlink ref="B7" r:id="rId35" xr:uid="{C33D2DD5-E669-4007-A476-6E0C36915A05}"/>
+    <hyperlink ref="B39" r:id="rId36" xr:uid="{C4C9054A-6D48-43A6-AD1B-66F4D152452A}"/>
+    <hyperlink ref="B40" r:id="rId37" xr:uid="{100954DE-6E4D-4CCC-8872-6CA209393DB6}"/>
+    <hyperlink ref="B11" r:id="rId38" xr:uid="{370A371E-2C73-452E-AB79-07A673333A67}"/>
+    <hyperlink ref="B10" r:id="rId39" xr:uid="{ABBA9CFD-F903-4169-B756-F9A90C255F54}"/>
+    <hyperlink ref="B5" r:id="rId40" xr:uid="{99C7E1A5-80D7-480E-9A85-088FE721879A}"/>
+    <hyperlink ref="B30" r:id="rId41" xr:uid="{B3B9B6E2-6F3D-4946-8579-56B0E1DD053C}"/>
+    <hyperlink ref="B17" r:id="rId42" xr:uid="{543820FA-C41A-4BFE-B81F-A9E5571EED00}"/>
+    <hyperlink ref="B45" r:id="rId43" display="sanders_b@cde.state.co.us" xr:uid="{C45B22BB-AC31-4FF9-81EA-565B6FFA7FBC}"/>
+    <hyperlink ref="B37" r:id="rId44" display="sanders_b@cde.state.co.us" xr:uid="{AD09763F-F3CE-44B5-9446-5EF673A899E5}"/>
+    <hyperlink ref="B16" r:id="rId45" xr:uid="{D83541F2-D52C-48D7-B1E6-758FD487AD98}"/>
+    <hyperlink ref="B20" r:id="rId46" xr:uid="{A61771BF-CCFB-4689-9B49-071058C642C0}"/>
+    <hyperlink ref="B23" r:id="rId47" xr:uid="{77B42ADA-1878-4703-B499-487EB808D0BA}"/>
+    <hyperlink ref="B22" r:id="rId48" xr:uid="{4FD96E05-74FA-4392-8BFB-A9243CABAA3F}"/>
+    <hyperlink ref="B21" r:id="rId49" xr:uid="{4A31E925-6E17-4C96-AAEC-0F5782B95195}"/>
+    <hyperlink ref="B50" r:id="rId50" xr:uid="{F7C6C767-1B56-4B48-8A6A-31B7E79C9379}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId50"/>
+  <pageSetup orientation="portrait" r:id="rId51"/>
   <tableParts count="1">
-    <tablePart r:id="rId51"/>
+    <tablePart r:id="rId52"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6EBB8A86-AF30-46ED-ABBC-1ECC94F38B20}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
   <dimension ref="A1:J52"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A23" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="G26" sqref="G26:I26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="48.625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="48.58203125" style="3" customWidth="1"/>
     <col min="2" max="2" width="38.25" style="1" customWidth="1"/>
     <col min="3" max="3" width="14" style="4" customWidth="1"/>
     <col min="4" max="7" width="14.25" style="4" customWidth="1"/>
-    <col min="8" max="8" width="15.375" style="4" customWidth="1"/>
+    <col min="8" max="8" width="15.33203125" style="4" customWidth="1"/>
     <col min="9" max="9" width="56.25" style="3" customWidth="1"/>
     <col min="10" max="10" width="17.75" style="10" customWidth="1"/>
     <col min="11" max="11" width="14.25" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="15" customFormat="1" ht="29.45" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>163</v>
+    <row r="1" spans="1:10" s="15" customFormat="1" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="16" t="s">
+        <v>168</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="14"/>
     </row>
-    <row r="2" spans="1:10" s="6" customFormat="1" ht="36" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" s="6" customFormat="1" ht="31" x14ac:dyDescent="0.35">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C3" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="J4" s="18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="19">
+        <v>45607</v>
+      </c>
+      <c r="E6" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="F6" s="19">
+        <v>45639</v>
+      </c>
+      <c r="G6" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="J6" s="18" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C7" s="19">
+        <v>45488</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="J7" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C8" s="19">
+        <v>45488</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="J8" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C9" s="19">
+        <v>45527</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>174</v>
+      </c>
+      <c r="G9" s="17" t="s">
+        <v>175</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="J9" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="19">
+        <v>45518</v>
+      </c>
+      <c r="D10" s="19">
+        <v>45656</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F10" s="19">
+        <v>45744</v>
+      </c>
+      <c r="G10" s="17" t="s">
+        <v>178</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="J10" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C11" s="19">
+        <v>45527</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="J13" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="J14" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="J15" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="19">
+        <v>45546</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="J16" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="19">
+        <v>45567</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="J17" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="19">
+        <v>45567</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="19">
+        <v>45632</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>185</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C19" s="19">
+        <v>45567</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="19">
+        <v>45637</v>
+      </c>
+      <c r="G19" s="17" t="s">
+        <v>185</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="J19" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="19">
+        <v>45602</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="19">
+        <v>45628</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>188</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="19">
+        <v>45602</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="19">
+        <v>45898</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="J21" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="19">
+        <v>45602</v>
+      </c>
+      <c r="D22" s="19">
+        <v>45680</v>
+      </c>
+      <c r="E22" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" s="19">
+        <v>45709</v>
+      </c>
+      <c r="G22" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="J22" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="B23" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="31" t="s">
-[...17 lines deleted...]
-      <c r="I3" s="11" t="s">
+      <c r="C23" s="19">
+        <v>45602</v>
+      </c>
+      <c r="D23" s="19">
+        <v>45702</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="F23" s="19">
+        <v>45709</v>
+      </c>
+      <c r="G23" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="J3" s="32" t="s">
-[...63 lines deleted...]
-      <c r="J5" s="32" t="s">
+      <c r="J23" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="19">
+        <v>45602</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="19">
+        <v>45709</v>
+      </c>
+      <c r="G24" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="J24" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="19">
+        <v>45630</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="19">
+        <v>45898</v>
+      </c>
+      <c r="G25" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="J25" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" s="2" t="s">
         <v>23</v>
       </c>
-    </row>
-[...647 lines deleted...]
-      <c r="C26" s="33">
+      <c r="C26" s="19">
         <v>45693</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F26" s="33">
+        <v>24</v>
+      </c>
+      <c r="F26" s="19">
         <v>45786</v>
       </c>
-      <c r="G26" s="31" t="s">
-        <v>186</v>
+      <c r="G26" s="17" t="s">
+        <v>192</v>
       </c>
       <c r="H26" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="11" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="J26" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="J26" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>23</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C27" s="33">
+      <c r="C27" s="19">
         <v>45693</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F27" s="33">
+        <v>24</v>
+      </c>
+      <c r="F27" s="19">
         <v>45838</v>
       </c>
-      <c r="G27" s="31" t="s">
-        <v>188</v>
+      <c r="G27" s="17" t="s">
+        <v>194</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="11" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:10" ht="33" x14ac:dyDescent="0.3">
+        <v>27</v>
+      </c>
+      <c r="J27" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="C28" s="33">
+        <v>29</v>
+      </c>
+      <c r="C28" s="19">
         <v>45693</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F28" s="33">
+        <v>24</v>
+      </c>
+      <c r="F28" s="19">
         <v>45877</v>
       </c>
-      <c r="G28" s="31" t="s">
-        <v>184</v>
+      <c r="G28" s="17" t="s">
+        <v>190</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I28" s="11" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+        <v>96</v>
+      </c>
+      <c r="J28" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A29" s="3" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="C29" s="33">
+        <v>62</v>
+      </c>
+      <c r="C29" s="19">
         <v>45714</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F29" s="33">
+        <v>24</v>
+      </c>
+      <c r="F29" s="19">
         <v>45758</v>
       </c>
-      <c r="G29" s="31" t="s">
-        <v>173</v>
+      <c r="G29" s="17" t="s">
+        <v>178</v>
       </c>
       <c r="H29" s="7" t="s">
         <v>15</v>
       </c>
       <c r="I29" s="11" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:10" ht="33" x14ac:dyDescent="0.3">
+        <v>63</v>
+      </c>
+      <c r="J29" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" s="3" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="C30" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="G30" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="J30" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A31" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="G31" s="17" t="s">
         <v>190</v>
       </c>
-      <c r="D30" s="7" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="H31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="11" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:10" ht="33" x14ac:dyDescent="0.3">
+        <v>146</v>
+      </c>
+      <c r="J31" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A32" s="3" t="s">
-        <v>102</v>
+        <v>155</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C32" s="31" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>200</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="17" t="s">
+        <v>200</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="J32" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A33" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C33" s="19">
+        <v>45749</v>
+      </c>
+      <c r="D33" s="19">
+        <v>45810</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="G33" s="17" t="s">
         <v>194</v>
       </c>
-      <c r="D32" s="7" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="31" t="s">
+      <c r="H33" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I33" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="J33" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A34" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C34" s="19">
+        <v>45749</v>
+      </c>
+      <c r="D34" s="19">
+        <v>45810</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="G34" s="17" t="s">
         <v>194</v>
-      </c>
-[...65 lines deleted...]
-        <v>188</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="J34" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A35" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" s="19">
+        <v>45763</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="19">
+        <v>45849</v>
+      </c>
+      <c r="G35" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I35" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="J35" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A36" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C36" s="19">
+        <v>45763</v>
+      </c>
+      <c r="D36" s="19">
+        <v>45835</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="19">
+        <v>45945</v>
+      </c>
+      <c r="G36" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="J34" s="32" t="s">
+      <c r="J36" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A37" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C37" s="19">
+        <v>45763</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="J37" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A38" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C38" s="19">
+        <v>45778</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="19">
+        <v>45870</v>
+      </c>
+      <c r="G38" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I38" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="J38" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39" s="19" t="s">
+        <v>207</v>
+      </c>
+      <c r="D39" s="19">
+        <v>45863</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="19">
+        <v>45870</v>
+      </c>
+      <c r="G39" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I39" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="J39" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A40" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" s="19" t="s">
+        <v>207</v>
+      </c>
+      <c r="D40" s="19">
+        <v>45905</v>
+      </c>
+      <c r="E40" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="F40" s="19">
+        <v>45933</v>
+      </c>
+      <c r="G40" s="17" t="s">
+        <v>204</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I40" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="J40" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" s="19" t="s">
+        <v>207</v>
+      </c>
+      <c r="D41" s="19">
+        <v>45904</v>
+      </c>
+      <c r="E41" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="F41" s="19">
+        <v>45993</v>
+      </c>
+      <c r="G41" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I41" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="J41" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C42" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D42" s="19">
+        <v>45852</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="19">
+        <v>45869</v>
+      </c>
+      <c r="G42" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I42" s="11" t="s">
+        <v>212</v>
+      </c>
+      <c r="J42" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="58" x14ac:dyDescent="0.35">
+      <c r="A43" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="19">
+        <v>45877</v>
+      </c>
+      <c r="G43" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="I43" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="19">
+        <v>45877</v>
+      </c>
+      <c r="G44" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I44" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C45" s="19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="19">
+        <v>45877</v>
+      </c>
+      <c r="G45" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I45" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="J45" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A46" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="G46" s="17" t="s">
+        <v>190</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A47" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C47" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A48" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C48" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="J48" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="29" x14ac:dyDescent="0.35">
+      <c r="A49" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="17" t="s">
+        <v>216</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B50" s="2" t="s">
         <v>23</v>
       </c>
-    </row>
-[...487 lines deleted...]
-      <c r="C50" s="33">
+      <c r="C50" s="19">
         <v>45812</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F50" s="33">
+        <v>24</v>
+      </c>
+      <c r="F50" s="19">
         <v>45898</v>
       </c>
-      <c r="G50" s="31" t="s">
+      <c r="G50" s="17" t="s">
         <v>25</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>26</v>
       </c>
       <c r="I50" s="11" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:10" x14ac:dyDescent="0.3">
+        <v>27</v>
+      </c>
+      <c r="J50" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A51" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C51" s="33">
+        <v>32</v>
+      </c>
+      <c r="C51" s="19">
         <v>45505</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F51" s="33">
+        <v>24</v>
+      </c>
+      <c r="F51" s="19">
         <v>45534</v>
       </c>
-      <c r="G51" s="31" t="s">
-        <v>207</v>
+      <c r="G51" s="17" t="s">
+        <v>219</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>15</v>
       </c>
       <c r="I51" s="11" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-        <v>162</v>
+        <v>34</v>
+      </c>
+      <c r="J51" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="20" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId1" xr:uid="{0474203A-1F6C-4A7A-984B-145E3F8C3A82}"/>
     <hyperlink ref="B4" r:id="rId2" xr:uid="{6F36C5C9-8367-4573-9EFC-78C42F75B3B2}"/>
     <hyperlink ref="B5" r:id="rId3" xr:uid="{E2011513-D664-409F-B56D-39EFD4CBD85F}"/>
     <hyperlink ref="B6" r:id="rId4" xr:uid="{57F0340B-05BB-401C-9EC1-3A3838B69F17}"/>
     <hyperlink ref="B7" r:id="rId5" xr:uid="{BD673790-D655-42C9-AC5B-EC6C812C2E2A}"/>
     <hyperlink ref="B10" r:id="rId6" xr:uid="{6A340CCF-BD10-4F03-B0AB-61943BA28D1D}"/>
     <hyperlink ref="B9" r:id="rId7" xr:uid="{636BB031-BBCD-4030-8D62-B898F63D0CD3}"/>
     <hyperlink ref="B12" r:id="rId8" xr:uid="{F6491AA1-4AEF-43CB-93B8-EA413A0DFF3D}"/>
     <hyperlink ref="B13" r:id="rId9" xr:uid="{72069479-2D66-43B2-ADDB-5B4D7CE7F17A}"/>
     <hyperlink ref="B14" r:id="rId10" xr:uid="{144C72A0-EE8E-4DD0-AA73-C1AC698B2825}"/>
     <hyperlink ref="B15" r:id="rId11" xr:uid="{16001AF0-08EE-4EEB-AAD1-87211036D347}"/>
     <hyperlink ref="B16" r:id="rId12" xr:uid="{8E4D86F3-D2CC-462A-9EEE-D4F1ED1A7E20}"/>
     <hyperlink ref="B17" r:id="rId13" xr:uid="{8AA200ED-0C75-44F1-BAEE-DC3B9D13A28F}"/>
     <hyperlink ref="B18" r:id="rId14" xr:uid="{73872425-E89F-45D6-A848-46A3C5BA55DA}"/>
     <hyperlink ref="B19" r:id="rId15" xr:uid="{CEDBD716-6D39-4E1D-BF6D-7011C637C783}"/>
     <hyperlink ref="B21" r:id="rId16" xr:uid="{57ADBD8F-E0D0-47BE-BB91-1441850D32A2}"/>
     <hyperlink ref="B22" r:id="rId17" xr:uid="{6E99F5B1-F64F-4944-992C-AF8182E21366}"/>
     <hyperlink ref="B23" r:id="rId18" xr:uid="{99E7AA8F-950C-4BE1-88EE-534FF353AB19}"/>
     <hyperlink ref="B20" r:id="rId19" xr:uid="{0665FB36-35FC-4A77-8275-143DAD7C44F5}"/>
     <hyperlink ref="B24" r:id="rId20" xr:uid="{7BB9E1C6-5EC3-460F-9A5D-CD9808C2F4C0}"/>
     <hyperlink ref="B28" r:id="rId21" xr:uid="{BE873F3B-1938-40CC-A48F-70218020301E}"/>
@@ -5151,52 +5383,72 @@
     <hyperlink ref="B51" r:id="rId45" xr:uid="{8BA69720-227D-4B31-9188-F19F12A16D1F}"/>
     <hyperlink ref="B8" r:id="rId46" xr:uid="{9382BD99-1D64-4C68-946B-77DAC88EA7C4}"/>
     <hyperlink ref="B11" r:id="rId47" xr:uid="{DA99E4CC-271B-45E9-9F93-655DB309AA9F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId48"/>
   <tableParts count="1">
     <tablePart r:id="rId49"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="04e0e67d344c4863ac857e12717dea98">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f73edbd8764ce48cae9868fb925b2339" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9b639f00-c663-4db8-9f2d-5e59e4353b4b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010062AA584270DE6043A37CBFDFBD606C7E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a4ba8f7de7efb671ebc7e34d99db2fc9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9b639f00-c663-4db8-9f2d-5e59e4353b4b" xmlns:ns3="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f9d7d079ec0a11a57d7ddf5b613ed6db" ns2:_="" ns3:_="">
     <xsd:import namespace="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
     <xsd:import namespace="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -5379,106 +5631,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98979177-26E5-471C-91EE-F93B4EC36DF5}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57135AAB-D65F-4894-9285-3879573B8707}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C46CBF0-D7E3-4C3D-94E7-DFA65CDC6ECB}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="ca9d521c-8764-4bcd-84f1-6f7ce6ca6a96"/>
-    <ds:schemaRef ds:uri="9b639f00-c663-4db8-9f2d-5e59e4353b4b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48026E83-57B4-4146-82B9-EDAA280CB8E8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>2025-2026</vt:lpstr>
       <vt:lpstr>2024-2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>CDE</Company>