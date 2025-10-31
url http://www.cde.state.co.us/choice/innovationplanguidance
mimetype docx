--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="380EFFE0" w14:textId="1D991954" w:rsidR="00246D6D" w:rsidRDefault="006B17DD" w:rsidP="002C3D44">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc291846940"/>
       <w:r w:rsidRPr="00672C00">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37337846" wp14:editId="595505A1">
             <wp:extent cx="4295775" cy="723900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 7" descr="Colorado Department of Education Logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 7" descr="Colorado Department of Education Logo"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -81,100 +81,100 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE5583F" w14:textId="77777777" w:rsidR="009074CB" w:rsidRDefault="009074CB" w:rsidP="002C3D44">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Innovation Schools Act</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327B04C6" w14:textId="0C5EA6EB" w:rsidR="004B4F8F" w:rsidRPr="00C4159B" w:rsidRDefault="009074CB" w:rsidP="002C3D44">
+    <w:p w14:paraId="327B04C6" w14:textId="0524EB45" w:rsidR="004B4F8F" w:rsidRPr="00C4159B" w:rsidRDefault="009074CB" w:rsidP="002C3D44">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
-        <w:t>Guidance Book</w:t>
+        <w:t>Guidance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21750121" w14:textId="6FF5B3BC" w:rsidR="00567165" w:rsidRPr="00FE2681" w:rsidRDefault="00713C48" w:rsidP="004B4F8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepared </w:t>
       </w:r>
       <w:r w:rsidR="00BE42C3" w:rsidRPr="00FE2681">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>By:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BC9E8B" w14:textId="3CAB55F4" w:rsidR="009074CB" w:rsidRDefault="009074CB" w:rsidP="008C21DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:after="960"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Schools of Choice Unit, Colorado Department of Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C593B5" w14:textId="7BDAAE2F" w:rsidR="00CF6BFB" w:rsidRPr="00FE2681" w:rsidRDefault="006B17DD" w:rsidP="00E67DE9">
+    <w:p w14:paraId="75C593B5" w14:textId="5BEA4FA0" w:rsidR="00CF6BFB" w:rsidRPr="00FE2681" w:rsidRDefault="006B17DD" w:rsidP="00E67DE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CF6BFB" w:rsidRPr="00FE2681" w:rsidSect="00D16915">
           <w:headerReference w:type="even" r:id="rId9"/>
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1568" w:right="1080" w:bottom="792" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -481,61 +481,55 @@
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>SOC@cde.state.co.us</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2B340BA2" w14:textId="77777777" w:rsidR="00807B5B" w:rsidRDefault="00807B5B"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0060134C">
+      <w:r w:rsidR="00253142">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2022</w:t>
+        <w:t>August 2025</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-727463054"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="4201BA8F" w14:textId="476E3772" w:rsidR="002C3D44" w:rsidRDefault="002C3D44">
           <w:pPr>
@@ -609,1180 +603,1180 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00310966">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00310966">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00310966">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E9EB6C7" w14:textId="6992F5A1" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="3E9EB6C7" w14:textId="6992F5A1" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947094" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Why Seek Innovation Status?</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947094 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69D6D1EC" w14:textId="7497DF52" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="69D6D1EC" w14:textId="7497DF52" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947095" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Process for Seeking Innovation School or Innovation School Zone Status</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947095 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71403E92" w14:textId="45E6097D" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="71403E92" w14:textId="45E6097D" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947096" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Timeline</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947096 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48AD6033" w14:textId="2506DEBF" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="48AD6033" w14:textId="2506DEBF" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947097" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Developing an Innovation Plan</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947097 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E50536D" w14:textId="139C132A" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="3E50536D" w14:textId="139C132A" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947098" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Innovation School Zones</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947098 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A9D60B4" w14:textId="6597FA90" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="2A9D60B4" w14:textId="6597FA90" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947099" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obtaining Consent</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947099 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7293A6A4" w14:textId="12744B05" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="7293A6A4" w14:textId="12744B05" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947100" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Seeking Waivers</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947100 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="256CC5D6" w14:textId="126EB717" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="256CC5D6" w14:textId="126EB717" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947101" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Identifying Appropriate Waivers</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947101 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58EE57B7" w14:textId="3C72B0A4" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="58EE57B7" w14:textId="3C72B0A4" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947102" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Collective Bargaining Agreement Waivers</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947102 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4AA7F16E" w14:textId="16EF61C4" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="4AA7F16E" w14:textId="16EF61C4" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947103" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Approval of Plans</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947103 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27E5DCA8" w14:textId="78865C0A" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="27E5DCA8" w14:textId="78865C0A" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947104" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Review by Local School Board</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947104 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="384EEEC0" w14:textId="5585E28B" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="384EEEC0" w14:textId="5585E28B" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947105" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Review by Colorado State Board of Education</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947105 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="472A0DCC" w14:textId="0C50D287" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="472A0DCC" w14:textId="0C50D287" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947106" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Implementation and Review</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947106 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="336020FA" w14:textId="13A94B54" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="336020FA" w14:textId="13A94B54" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947107" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Reporting and Accountability Requirements</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947107 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09DDF6CF" w14:textId="60BB9787" w:rsidR="00310966" w:rsidRDefault="000E2076">
+        <w:p w14:paraId="09DDF6CF" w14:textId="60BB9787" w:rsidR="00310966" w:rsidRDefault="00310966">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc110947108" w:history="1">
-            <w:r w:rsidR="00310966" w:rsidRPr="00E24065">
+            <w:r w:rsidRPr="00E24065">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contact Information</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc110947108 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00310966">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="575ED704" w14:textId="23520A77" w:rsidR="002C3D44" w:rsidRDefault="002C3D44">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="47B1C36F" w14:textId="41CD6193" w:rsidR="00713C48" w:rsidRPr="00713C48" w:rsidRDefault="00713C48" w:rsidP="00713C48">
       <w:pPr>
         <w:sectPr w:rsidR="00713C48" w:rsidRPr="00713C48" w:rsidSect="00713C48">
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840"/>
@@ -1818,195 +1812,163 @@
       <w:r w:rsidR="0066708F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E6970">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0066708F">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="003E6970">
         <w:t>eq</w:t>
       </w:r>
       <w:r w:rsidR="0066708F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E6970">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
         <w:t>provides a path for schools and districts to design and implement innovative ideas and practices and to obtain waivers from state and local policies and collective bargaining agreements that challenge their ability to execute their ideas. The stated purpose of the Act is to provide additional flexibility to schools and districts for the purpose of meeting student needs, and it is the intent of the Colorado Department of Education</w:t>
       </w:r>
       <w:r w:rsidR="003E6970">
         <w:t xml:space="preserve"> (CDE)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
-        <w:t xml:space="preserve"> to interpret the provisions of the Act broadly </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> maximize this flexibility.</w:t>
+        <w:t xml:space="preserve"> to interpret the provisions of the Act broadly so as to maximize this flexibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD410F3" w14:textId="77777777" w:rsidR="00EE0521" w:rsidRPr="00EE0521" w:rsidRDefault="00EE0521" w:rsidP="00EE0521"/>
     <w:p w14:paraId="419B39A8" w14:textId="118F65B1" w:rsidR="00EE0521" w:rsidRPr="00EE0521" w:rsidRDefault="00EE0521" w:rsidP="00EE0521">
       <w:r w:rsidRPr="00EE0521">
         <w:t xml:space="preserve">Any public school may apply to its local school board to become an </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Innovation School.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
         <w:t xml:space="preserve"> Groups of public schools within a district may apply to become Innovation Schools operating in an </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Innovation School Zone</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A77B41">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE0521">
-        <w:t xml:space="preserve">The school’s head administrator has authority to represent the school in this process, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the provisions of the Act are followed.</w:t>
+        <w:t>The school’s head administrator has authority to represent the school in this process, as long as the provisions of the Act are followed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AFFB3C6" w14:textId="77777777" w:rsidR="00EE0521" w:rsidRPr="00EE0521" w:rsidRDefault="00EE0521" w:rsidP="00EE0521"/>
     <w:p w14:paraId="3EA0B9A7" w14:textId="54DA4234" w:rsidR="00EE0521" w:rsidRDefault="0066708F" w:rsidP="00EE0521">
       <w:r>
         <w:t>CDE</w:t>
       </w:r>
       <w:r w:rsidR="00EE0521" w:rsidRPr="00EE0521">
         <w:t xml:space="preserve"> encourages schools and districts to pursue Innovation status and to seek waivers permitted under the Act if existing policies and procedures inhibit their ability to innovate and/or serve their students well.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="542A9F54" w14:textId="77777777" w:rsidR="0066708F" w:rsidRPr="00EE0521" w:rsidRDefault="0066708F" w:rsidP="00EE0521"/>
     <w:p w14:paraId="45A80F65" w14:textId="67C0F2FE" w:rsidR="00876CA3" w:rsidRPr="00E74AD6" w:rsidRDefault="00713C48" w:rsidP="00984D2D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="FFC846"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc110947094"/>
       <w:r>
         <w:t>Why Seek Innovation Status?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="10825912" w14:textId="77777777" w:rsidR="002C38F6" w:rsidRDefault="0066708F" w:rsidP="0066708F">
       <w:r w:rsidRPr="0066708F">
         <w:t>The Innovation Schools Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>of 2008</w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
-        <w:t xml:space="preserve"> was created, in part, to respond to public school and district leaders who were asking for autonomies </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> those received by charter schools. Their position was that charter schools were at an advantage because they had greater flexibility and control over their resources at the school level and could leverage these resources to best meet the needs of their students in ways that district managed schools could not because they were often bound to a more centralized district and state-wide set of rules, agreements, and restrictions. While they wanted more autonomy, they didn’t want full responsibility for their operations and human resources like charter schools.</w:t>
+        <w:t xml:space="preserve"> was created, in part, to respond to public school and district leaders who were asking for autonomies similar to those received by charter schools. Their position was that charter schools were at an advantage because they had greater flexibility and control over their resources at the school level and could leverage these resources to best meet the needs of their students in ways that district managed schools could not because they were often bound to a more centralized district and state-wide set of rules, agreements, and restrictions. While they wanted more autonomy, they didn’t want full responsibility for their operations and human resources like charter schools.</w:t>
       </w:r>
       <w:r w:rsidR="002C38F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve">As such, </w:t>
       </w:r>
       <w:r>
         <w:t>the Act</w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve"> was created to provide this path to flexibility and autonomy for those who chose to seek it. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C86E5C" w14:textId="77777777" w:rsidR="0066708F" w:rsidRPr="0066708F" w:rsidRDefault="0066708F" w:rsidP="0066708F"/>
     <w:p w14:paraId="6B3EC012" w14:textId="56111EC9" w:rsidR="0066708F" w:rsidRPr="0066708F" w:rsidRDefault="0066708F" w:rsidP="0066708F">
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve">Innovation status also provides the opportunity to try new educational approaches. For example, the Denver Green School </w:t>
       </w:r>
       <w:r w:rsidR="002C38F6">
         <w:t xml:space="preserve">(Denver Public Schools) </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t>is an Innovation School that focuses on preparing students for a “sustainable, bright and green future.”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve"> Their Innovation status has given them the flexibility to utilize their resources, hire staff, and implement a curriculum, professional development, and instructional model that is aligned with their core mission. As an Innovation School</w:t>
       </w:r>
       <w:r w:rsidR="002C38F6">
         <w:t xml:space="preserve"> in Denver Public Schools, </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
-        <w:t xml:space="preserve">they also </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> opt-out of certain provided services </w:t>
+        <w:t xml:space="preserve">they also have the opportunity to opt-out of certain provided services </w:t>
       </w:r>
       <w:r w:rsidR="002C38F6">
         <w:t xml:space="preserve">from the district </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve">and receive the equivalent share of funds for these services to fulfill these needs in other ways or through other vendors. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615B6E18" w14:textId="77777777" w:rsidR="0066708F" w:rsidRPr="0066708F" w:rsidRDefault="0066708F" w:rsidP="0066708F"/>
     <w:p w14:paraId="15900FC3" w14:textId="03584AC5" w:rsidR="00320E1A" w:rsidRDefault="0066708F" w:rsidP="00320E1A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="0066708F">
         <w:t xml:space="preserve">Local school boards are encouraged to proactively solicit one or more schools in their district to apply for Innovation School status, and to work collaboratively with schools on the planning and application process.  There is no limit on the number or percentage of Innovation Schools that can operate within a single district.  Local </w:t>
       </w:r>
       <w:r w:rsidR="002C38F6">
         <w:t xml:space="preserve">school </w:t>
       </w:r>
       <w:r w:rsidRPr="0066708F">
         <w:t>boards may collaborate with their schools so that all schools in the district are within an Innovation School Zone, as long as the process for approval is followed at each school and each school is given the opportunity to participate in planning. For example, in Mancos and Kit Carson school districts all schools are within an Innovation School Zone.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D32468" w14:textId="057FDEB9" w:rsidR="000F59F5" w:rsidRPr="00320E1A" w:rsidRDefault="00713C48" w:rsidP="00320E1A">
       <w:pPr>
@@ -2969,157 +2931,153 @@
       <w:r w:rsidR="00A73DD7">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00046E1F">
         <w:t xml:space="preserve">, regulations, or policies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66DD1ECE" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00046E1F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F"/>
     <w:p w14:paraId="604E3426" w14:textId="2C5C455B" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:r>
         <w:t>In developing an Innovation P</w:t>
       </w:r>
       <w:r w:rsidRPr="00046E1F">
         <w:t>lan, schools and districts should be aware that federal requirements cannot be waived under the Innovation Schools Act process, because a state cannot waive federal laws. This would include, for example, provisions of the Individuals with Disabilities in Education Act and Every Student</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Succeeds Act. In addition, </w:t>
       </w:r>
       <w:r w:rsidR="00A73DD7">
         <w:t xml:space="preserve">Innovation Schools and Zones may not waive </w:t>
       </w:r>
       <w:r>
         <w:t>the following state laws and regulations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33338ED1" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="45B78A8F" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t xml:space="preserve">Public School Finance Act of 1994 (article 54 of title 22, C.R.S.); </w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>School accountability committees as described in §22-11-401, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFAA8D0" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="2D4B5CFA" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Exceptional Children’s Educational Act (article 20 of title 22, C.R.S.);</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>Assessments required to be administered pursuant to §22-7-1006.3, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2B18F1" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="3F3AB22B" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Data for school performance reports, including state assessments (Part 5 of Article 11 of Title 22, C.R.S.);</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>School performance reports pursuant to Title 22, Article 11, Part 5, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2268A62D" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="49D2032C" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Fingerprinting and criminal history record checks of educators and school personnel;</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>The Public School Finance Act of 1994, Title 22, Article 54, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BBD0E9" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="18D089E0" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t xml:space="preserve">Children’s Internet Protection Act (article 87 of title 22, C.R.S.); </w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>The Children’s Internet Protection Act, Title 22, Article 87, C.R.S</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774A35D6" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="13461684" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t xml:space="preserve">Requirement to post online the list of waivers that have been obtained; </w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>The Exceptional Children's Educational Act, Title 22, Article 20, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75003F9C" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="02DA8C04" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
+      <w:r w:rsidRPr="00253142">
         <w:lastRenderedPageBreak/>
-        <w:t>Any provision of section 22-1-130, C.R.S., relating to notification to parents of alleged criminal conduct by school district employees;</w:t>
+        <w:t>The requirement to post on the internet the statutes for which waivers are granted as provided in §22-44-305, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25954107" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="153A2290" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Any statutes that are not included in Article 22, including but not limited to the Public Employees’ Retirement Association Act (Article 51 of Title 24, C.R.S.).</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>Any provision of §22-1-130, relating to notification to parents of alleged criminal conduct by charter school employees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EC7F09" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="724CAF20" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Comprehensive human sexuality education content requirements (22-1-128, C.R.S.);</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>Suspension and expulsion of students in preschool through second grade pursuant to §22-33-106.1, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B6CCC7" w14:textId="36712961" w:rsidR="00E35606" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="02E7540B" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">); </w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>Discrimination based on hair texture, hair type, hair length or a protective hairstyle that is commonly or historically associated with race pursuant to §22-30.5-104(3), §22-32-110(1)(k) and §22-63-206(1), C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D25FC7" w14:textId="406EE7EC" w:rsidR="009B2B2F" w:rsidRPr="00A73DD7" w:rsidRDefault="00E35606" w:rsidP="001409CF">
+    <w:p w14:paraId="7F8FCF62" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E35606">
-[...6 lines deleted...]
-        <w:t>and</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t>The wearing of cultural or religious objects at school graduation ceremonies pursuant to §22-1-142.5, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EC30C1" w14:textId="15914E8E" w:rsidR="009B2B2F" w:rsidRPr="00E35606" w:rsidRDefault="009B2B2F" w:rsidP="001409CF">
+    <w:p w14:paraId="4B13D4F2" w14:textId="77777777" w:rsidR="00253142" w:rsidRPr="00253142" w:rsidRDefault="00253142" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A73DD7">
-        <w:t>Non-education statutes (statutes outside of Title 22).</w:t>
+      <w:r w:rsidRPr="00253142">
+        <w:t xml:space="preserve">Policies regarding data and access pursuant to Title 24, Article 74.1, C.R.S.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EC30C1" w14:textId="0359FE98" w:rsidR="009B2B2F" w:rsidRPr="00E35606" w:rsidRDefault="00253142" w:rsidP="00253142">
+      <w:pPr>
+        <w:pStyle w:val="BulletedLevel1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00253142">
+        <w:t>In addition, the State Board of Education does not have authority to grant waivers from non-education statutes (statutes outside of title 22); or Federal statutes, including ESSA and IDEA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744DAADA" w14:textId="5015482D" w:rsidR="00EE7E72" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:r>
         <w:t xml:space="preserve">District policies, </w:t>
       </w:r>
       <w:r w:rsidR="00E35606">
         <w:t xml:space="preserve">CBA </w:t>
       </w:r>
       <w:r>
         <w:t>provisions, and state laws or regulations that are not specifically excluded by statute may be waived</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1593">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Toc493512613"/>
       <w:r w:rsidR="00E35606">
         <w:t>Any policy or contract provision that is not expressly waived will remain in effect.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00E35606">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11474F08" w14:textId="10ECB86B" w:rsidR="00EE7E72" w:rsidRPr="00054C7E" w:rsidRDefault="00EE7E72" w:rsidP="00EE7E72">
@@ -3189,71 +3147,74 @@
     <w:p w14:paraId="3119BB0D" w14:textId="0BCEEA3C" w:rsidR="00EE7E72" w:rsidRDefault="00EE7E72" w:rsidP="00EE7E72">
       <w:pPr>
         <w:pStyle w:val="HeadingMuseo"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc110947103"/>
       <w:r>
         <w:t>Approval of Plans</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="3CEA3C12" w14:textId="3526EB32" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc110947104"/>
       <w:r>
         <w:t>Review by Local School Board</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="767CFBCD" w14:textId="7650BD27" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:r>
         <w:t>Once the school or zone has created its Innovation Plan and obtained the necessary approvals and statements of support, the plan is submitted to the local school board</w:t>
       </w:r>
       <w:r w:rsidR="0006772C">
-        <w:t>. The local board has 60 days to review the plan and decide to approve or deny the application.</w:t>
+        <w:t xml:space="preserve">. The local board has 60 days to review the plan and </w:t>
+      </w:r>
+      <w:r w:rsidR="0006772C">
+        <w:lastRenderedPageBreak/>
+        <w:t>decide to approve or deny the application.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If the local board d</w:t>
       </w:r>
       <w:r w:rsidR="0006772C">
         <w:t>enies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the plan, it must provide a written explanation, and the applicant may resubmit an amended plan at any time. </w:t>
       </w:r>
       <w:r w:rsidR="0006772C">
         <w:t>Currently, there is no appeal process from a denial.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If the local board approves the plan, the requests for waivers from district-level policies are granted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34369CC1" w14:textId="07CABC86" w:rsidR="009B2B2F" w:rsidRDefault="00A23CB5" w:rsidP="009B2B2F">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>To</w:t>
       </w:r>
       <w:r w:rsidR="009B2B2F">
         <w:t xml:space="preserve"> obtain waivers from state laws and regulations, the local board must proceed to the next step to be designated as a District of Innovation by the </w:t>
       </w:r>
       <w:r w:rsidR="0006772C">
         <w:t>state board.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ABD863" w14:textId="53956A8D" w:rsidR="009B2B2F" w:rsidRPr="00D73B0F" w:rsidRDefault="009B2B2F" w:rsidP="002C7D45">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc110947105"/>
       <w:r w:rsidRPr="00D73B0F">
         <w:t>Rev</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iew by </w:t>
       </w:r>
       <w:r w:rsidR="0028059A">
         <w:t xml:space="preserve">Colorado </w:t>
       </w:r>
       <w:r>
         <w:t>State Board of Education</w:t>
@@ -3276,59 +3237,59 @@
       <w:r w:rsidR="0028059A">
         <w:t>state board</w:t>
       </w:r>
       <w:r w:rsidR="009B2B2F">
         <w:t>, as part of the district’s application to become a District of Innovation.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The Innovation Plan application must include a signed resolution from the local board indicating its approval of the Innovation Plan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D1253A" w14:textId="77777777" w:rsidR="00A23CB5" w:rsidRDefault="00A23CB5" w:rsidP="009B2B2F"/>
     <w:p w14:paraId="69717180" w14:textId="1657C4FF" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:r>
         <w:t>The commissioner and the state board will review and comment on the plan within 60 days after receiving it.  They may make suggestions for improving the plan (including suggestions for further innovations), and the local board is free to accept them by amending and resubmitting the plan. The local board is also free to disregard the suggestions and proceed with the original plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401C302A" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F"/>
     <w:p w14:paraId="30C83CCA" w14:textId="77777777" w:rsidR="001409CF" w:rsidRDefault="00E760AA" w:rsidP="009B2B2F">
       <w:r>
         <w:t xml:space="preserve">Within 60 days after receipt of the Innovation Plan, the state board must accept or deny the application. In making their determination, the state </w:t>
       </w:r>
       <w:r w:rsidR="001409CF">
         <w:t>board must consider the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524C1E64" w14:textId="5DBF605B" w:rsidR="001409CF" w:rsidRDefault="001409CF" w:rsidP="001409CF">
+    <w:p w14:paraId="524C1E64" w14:textId="5DBF605B" w:rsidR="001409CF" w:rsidRDefault="001409CF" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>Is the plan likely to enhance educational opportunity, standards, and quality within the Innovation School or Innovation School Zone; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F516DE" w14:textId="19F521F9" w:rsidR="001409CF" w:rsidRPr="001409CF" w:rsidRDefault="001409CF" w:rsidP="001409CF">
+    <w:p w14:paraId="21F516DE" w14:textId="19F521F9" w:rsidR="001409CF" w:rsidRPr="001409CF" w:rsidRDefault="001409CF" w:rsidP="00253142">
       <w:pPr>
         <w:pStyle w:val="BulletedLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>Is the plan fiscally feasible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="451E428B" w14:textId="77777777" w:rsidR="001409CF" w:rsidRPr="001409CF" w:rsidRDefault="001409CF" w:rsidP="001409CF"/>
     <w:p w14:paraId="24AB0A43" w14:textId="4018D17B" w:rsidR="001409CF" w:rsidRDefault="00E760AA" w:rsidP="009B2B2F">
       <w:r>
         <w:t>If the state board denies the plan, it must provide a written explanation for the denial, and local school board is free to submit amended or different Innovation Plan at any time.</w:t>
       </w:r>
       <w:r w:rsidR="001409CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>If the state board approves the plan and designates the school district as a District of Innovation</w:t>
       </w:r>
       <w:r w:rsidR="009B2B2F">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="00A23CB5">
         <w:t>state board</w:t>
       </w:r>
       <w:r w:rsidR="009B2B2F">
@@ -3356,74 +3317,61 @@
     <w:p w14:paraId="491F8509" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F"/>
     <w:p w14:paraId="593F9903" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F">
       <w:r>
         <w:t>Districts of Innovation are required to specify how the Innovation Schools in the district will comply with the intent of statutes and regulations that have been waived. The district is accountable to the state for ensuring compliance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DDF3C2" w14:textId="77777777" w:rsidR="009B2B2F" w:rsidRDefault="009B2B2F" w:rsidP="009B2B2F"/>
     <w:p w14:paraId="607F68B2" w14:textId="24C04D78" w:rsidR="00713C48" w:rsidRDefault="00713C48" w:rsidP="00713C48">
       <w:pPr>
         <w:pStyle w:val="HeadingMuseo"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc110947106"/>
       <w:r>
         <w:t>Implementation and Review</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="52A7738A" w14:textId="2901CD3B" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r w:rsidRPr="00FA323D">
         <w:t>Three years after a local school board approves a school’s Innovation Plan or a plan for creating an Innovation School Zone, and every three years thereafter, the local school must review the performance of the Innovation School and each school included in an Innovation School Zone to determine whether the school or zone is achieving or making adequate progress towards achieving the academic performance goals set out in the school’s or zone’s Innovation Plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452B19F0" w14:textId="77777777" w:rsidR="005E455E" w:rsidRPr="00FA323D" w:rsidRDefault="005E455E" w:rsidP="00FA323D"/>
     <w:p w14:paraId="2F92ACF4" w14:textId="02E641FA" w:rsidR="005E455E" w:rsidRDefault="005E455E" w:rsidP="005E455E">
       <w:r>
-        <w:t xml:space="preserve">The local school board may revise the Innovation Plan and may request that the state board grant additional waivers as necessary for the revision. The local school board must demonstrate that the new waiver or change to an existing waiver has the consent of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The local school board may revise the Innovation Plan and may request that the state board grant additional waivers as necessary for the revision. The local school board must demonstrate that the new waiver or change to an existing waiver has the consent of the majority of teachers, administrators, and members of the school advisory committee for each affected school.  If the state board determines that the new or changed waivers </w:t>
+      </w:r>
       <w:r>
-        <w:t>the majority of</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> teachers, administrators, and members of the school advisory committee for each affected school.  If the state board determines that the new or changed waivers would enhance educational opportunity, standards, and quality within the Innovation Schools or Innovation School Zones and are fiscally feasible, the state board will grant the request.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>would enhance educational opportunity, standards, and quality within the Innovation Schools or Innovation School Zones and are fiscally feasible, the state board will grant the request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D085AE2" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRPr="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D"/>
     <w:p w14:paraId="44938391" w14:textId="70E5EF43" w:rsidR="00FA323D" w:rsidRPr="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r w:rsidRPr="00FA323D">
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> the teachers and a majority of the administrators employed at the school, as well as the consent of a majority of the school accountability committee at each of the affected schools. The local board also may decide to revoke the school’s Innovation status or to remove an underperforming school from an Innovation School Zone.  </w:t>
+        <w:t xml:space="preserve">If the school is not reaching achievement goals, the local school board may work with the school or zone to revise the Innovation Plan to improve or continue to improve the academic performance in the school or zone.  Any revisions to the Innovation Plan require the consent of a majority of the teachers and a majority of the administrators employed at the school, as well as the consent of a majority of the school accountability committee at each of the affected schools. The local board also may decide to revoke the school’s Innovation status or to remove an underperforming school from an Innovation School Zone.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAD89A7" w14:textId="3886A309" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D"/>
     <w:p w14:paraId="2602120D" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRPr="00054C7E" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc110947107"/>
       <w:r>
         <w:t>Reporting and Accountability Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6E5E9E2D" w14:textId="1788A9C7" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r>
         <w:t xml:space="preserve">Innovation Schools are accountable to their districts for demonstrating student achievement. Local school boards should be clear with their Innovation Schools as to how student achievement is to be demonstrated, and how the district’s accreditation process will operate regarding Innovation Schools. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE728BF" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D"/>
     <w:p w14:paraId="4512FFBA" w14:textId="4DBD7F02" w:rsidR="00FA323D" w:rsidRPr="001F2F86" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r>
         <w:t xml:space="preserve">Local boards are accountable to the state for the performance of all schools in their districts, including Innovation Schools, under state and federal accountability requirements. The Innovation Schools Act does not place any additional accountability requirements on districts for the performance of Innovation Schools. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E96255" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D"/>
@@ -3450,293 +3398,280 @@
         <w:t xml:space="preserve">of Representatives </w:t>
       </w:r>
       <w:r w:rsidR="00FA323D">
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
       <w:r w:rsidR="006C530F">
         <w:t>Colorado</w:t>
       </w:r>
       <w:r w:rsidR="00FA323D">
         <w:t xml:space="preserve"> Senate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2029622B" w14:textId="6EA7D38D" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D"/>
     <w:p w14:paraId="263E1F85" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:pPr>
         <w:pStyle w:val="HeadingMuseo"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc110947108"/>
       <w:r>
         <w:t>Contact Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="384BE731" w14:textId="79BE607E" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r>
-        <w:t xml:space="preserve">More information about the Innovation Schools Act is located on CDE’s website. For questions about the Innovation Schools Act, or to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to become a District of Innovation, please contact:</w:t>
+        <w:t>More information about the Innovation Schools Act is located on CDE’s website. For questions about the Innovation Schools Act, or to submit an application to become a District of Innovation, please contact:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F10D47" w14:textId="716CCBA1" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:bookmarkStart w:id="18" w:name="_Toc493512614"/>
     </w:p>
     <w:p w14:paraId="04974BC4" w14:textId="40F22686" w:rsidR="00FA323D" w:rsidRPr="009F2865" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r>
         <w:t>Schools of Choice Office</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B42520E" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRPr="009F2865" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r w:rsidRPr="009F2865">
         <w:t>Colorado Department of Education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A52B13C" w14:textId="77777777" w:rsidR="00FA323D" w:rsidRPr="009F2865" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r w:rsidRPr="009F2865">
         <w:t>201 East Colfax Avenue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516635F2" w14:textId="2A26F27B" w:rsidR="00FA323D" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
+    <w:p w14:paraId="59305529" w14:textId="19EC820F" w:rsidR="00FA323D" w:rsidRPr="009F2865" w:rsidRDefault="00FA323D" w:rsidP="00FA323D">
       <w:r w:rsidRPr="009F2865">
         <w:t>Denver, CO  80203</w:t>
-      </w:r>
-[...3 lines deleted...]
-        <w:t>Phone: 303-866-6848</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F98991" w14:textId="4999A568" w:rsidR="00713C48" w:rsidRPr="009E5920" w:rsidRDefault="00FA323D" w:rsidP="009E5920">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F2865">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SOC@cde.state.co.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="2DF6DFEE" w14:textId="77777777" w:rsidR="00713C48" w:rsidRPr="00C76B15" w:rsidRDefault="00713C48" w:rsidP="00713C48"/>
     <w:sectPr w:rsidR="00713C48" w:rsidRPr="00C76B15" w:rsidSect="00D16915">
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1568" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23B0AA19" w14:textId="77777777" w:rsidR="00645729" w:rsidRDefault="00645729" w:rsidP="009504F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D69CAA7" w14:textId="77777777" w:rsidR="00645729" w:rsidRDefault="00645729" w:rsidP="009504F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Museo Slab 500">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="54C8F25A" w14:textId="77777777" w:rsidR="00645729" w:rsidRDefault="00645729" w:rsidP="009504F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5999EA4D" w14:textId="77777777" w:rsidR="00645729" w:rsidRDefault="00645729" w:rsidP="009504F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="703A360A" w14:textId="17E4EF9D" w:rsidR="0066708F" w:rsidRDefault="0066708F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> www.denvergreenschool.org</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FC461DC" w14:textId="3BA3659A" w:rsidR="001235B7" w:rsidRDefault="006B17DD" w:rsidP="001235B7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="1590"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00672C00">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DDA8F32" wp14:editId="08132312">
           <wp:extent cx="1144905" cy="487045"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="8" name="Picture 4" descr="Colorado Department of Education Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -3840,66 +3775,66 @@
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E74AD6" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="000E2076">
+    <w:r w:rsidR="0001760D">
       <w:pict w14:anchorId="545A8BD0">
         <v:rect id="_x0000_i1025" style="width:540pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aaa" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="7CBA500B" w14:textId="77777777" w:rsidR="00807B5B" w:rsidRPr="00021CF8" w:rsidRDefault="00807B5B" w:rsidP="00021CF8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47B410A7" w14:textId="27678D5F" w:rsidR="00C5085D" w:rsidRPr="00E74AD6" w:rsidRDefault="006B17DD" w:rsidP="00E74AD6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="919BA5"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00672C00">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04B4373A" wp14:editId="6A1FFE4D">
           <wp:extent cx="1144905" cy="487045"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="9" name="Picture 8" descr="Colorado Department of Education Logo"/>
@@ -3989,71 +3924,71 @@
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E74AD6" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="000E2076">
+    <w:r w:rsidR="0001760D">
       <w:pict w14:anchorId="30B28D82">
         <v:rect id="_x0000_i1026" style="width:540pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aaa" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="4441D22A" w14:textId="77777777" w:rsidR="00807B5B" w:rsidRDefault="00807B5B" w:rsidP="001E3492">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="4373"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26A53EF8" w14:textId="30DB9BFC" w:rsidR="001235B7" w:rsidRDefault="006B17DD" w:rsidP="00DB582C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="1820"/>
         <w:tab w:val="left" w:pos="3210"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00672C00">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CEB756A" wp14:editId="4E398D87">
           <wp:extent cx="1144905" cy="487045"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="6" name="Picture 19" descr="Colorado Department of Education Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4151,66 +4086,66 @@
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E74AD6" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="000E2076">
+    <w:r w:rsidR="0001760D">
       <w:pict w14:anchorId="12BC6F5C">
         <v:rect id="_x0000_i1027" style="width:540pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aaa" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="01658698" w14:textId="77777777" w:rsidR="00807B5B" w:rsidRDefault="00807B5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4326D6B0" w14:textId="7BCEC4E4" w:rsidR="001235B7" w:rsidRDefault="006B17DD" w:rsidP="00E67DE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="1820"/>
         <w:tab w:val="left" w:pos="4373"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00672C00">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00043E66" wp14:editId="7D61E704">
           <wp:extent cx="1144905" cy="487045"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="7" name="Picture 1" descr="Colorado Department of Education Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4297,66 +4232,66 @@
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E74AD6" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="001235B7" w:rsidRPr="00E74AD6">
       <w:rPr>
         <w:b/>
         <w:color w:val="919BA5"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="000E2076">
+    <w:r w:rsidR="0001760D">
       <w:pict w14:anchorId="2475C02F">
         <v:rect id="_x0000_i1028" style="width:540pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aaa" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
   <w:p w14:paraId="5C073BB9" w14:textId="77777777" w:rsidR="00807B5B" w:rsidRDefault="00807B5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F3A37EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4755,50 +4690,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="075505E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9D69704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07737650"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CF9E838A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4894,51 +4978,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA4B20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3EC0A82E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5010,51 +5094,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AEA68F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F4658D0"/>
     <w:lvl w:ilvl="0" w:tplc="99944F66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="576"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5126,51 +5210,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E1D2414"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6349D62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5239,51 +5323,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1717DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBE22DA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5352,51 +5436,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12FE4DCD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C6A96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5492,51 +5576,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13F851FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="397EFD94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="—"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5632,51 +5716,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18AB7FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C6A96DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5772,51 +5856,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DDE7F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4790D516"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5885,51 +5969,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="288B0E8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FD69C30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="28162154">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6025,51 +6109,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ACD33D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541044D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96522B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6167,51 +6251,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E7D3D62"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFA40544"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6283,51 +6367,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="372C43B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF9E838A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1832AB6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6423,51 +6507,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A79616D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="889E92D8"/>
     <w:lvl w:ilvl="0" w:tplc="D34C97F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -6539,51 +6623,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB02C17"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47145A50"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6655,51 +6739,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E8D5EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFA40544"/>
     <w:lvl w:ilvl="0" w:tplc="A43403AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6771,51 +6855,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A73C0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="559E1A40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6911,51 +6995,165 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48E54781"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF40CFFC"/>
+    <w:lvl w:ilvl="0" w:tplc="9572A3E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletedLevel1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49033F61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="559E1A40"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B022BB3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7051,51 +7249,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BD0D81"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A4CEF8F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7167,58 +7365,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="562F0AE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A92A3DFE"/>
     <w:lvl w:ilvl="0" w:tplc="9806C432">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="BulletedLevel1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7281,51 +7478,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57175148"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0780240C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7394,51 +7591,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596B29EE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C6A96DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7534,51 +7731,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ABB77F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6849136"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7646,51 +7843,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D84605A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="397EFD94"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7F8C93BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="—"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7786,51 +7983,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E634053"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0780240C"/>
     <w:lvl w:ilvl="0" w:tplc="22DEE62C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7899,51 +8096,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F1357E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2FD69C30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8039,51 +8236,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1F3C97"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A400201C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8181,51 +8378,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C624616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD00F056"/>
     <w:lvl w:ilvl="0" w:tplc="A79A62DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8297,51 +8494,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DDB4813"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A400201C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A6A0EE2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8439,51 +8636,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7429157D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="541044D2"/>
     <w:styleLink w:val="BulletedList2ndLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8582,51 +8779,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="798B1950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1E422A8"/>
     <w:lvl w:ilvl="0" w:tplc="522CD3AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8698,51 +8895,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FC1097"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19226B62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8811,51 +9008,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B9E2292"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF5EA2BE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8951,51 +9148,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CDB2130"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F4658D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="576"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9068,256 +9265,273 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1376005990">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="395906688">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2072920766">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1116490247">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="774247796">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1093359544">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1692074420">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="83771592">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1887639566">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2094545715">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1338576459">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="302735292">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2115395194">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1174493003">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="700279247">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="61299222">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1280145863">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="338315129">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1071807366">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="207229962">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1997564512">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1098142539">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="774792913">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="887454150">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1692074420">
-[...2 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="83771592">
+  <w:num w:numId="25" w16cid:durableId="2075622665">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1887639566">
-[...41 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="774792913">
+  <w:num w:numId="26" w16cid:durableId="127017680">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="887454150">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="27" w16cid:durableId="1190992185">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1525288861">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="910313702">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1698628002">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1655256210">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="102726622">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1187793791">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="91707071">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="393356129">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2561577">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1649283935">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1635671184">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="541672550">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="296451838">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="127481808">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1059867340">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="813522815">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1545870043">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="134373472">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1059867340">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="46" w16cid:durableId="1526557818">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="813522815">
-    <w:abstractNumId w:val="43"/>
+  <w:num w:numId="47" w16cid:durableId="546649693">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1545870043">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="48" w16cid:durableId="2062821841">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17413"/>
+    <o:shapedefaults v:ext="edit" spidmax="19461"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A5611B"/>
     <w:rsid w:val="0000198D"/>
     <w:rsid w:val="00002726"/>
     <w:rsid w:val="00015071"/>
+    <w:rsid w:val="0001760D"/>
     <w:rsid w:val="00021CF8"/>
     <w:rsid w:val="00054C7E"/>
     <w:rsid w:val="0006772C"/>
     <w:rsid w:val="00096E2B"/>
     <w:rsid w:val="000A1E84"/>
     <w:rsid w:val="000B1B9D"/>
     <w:rsid w:val="000C3014"/>
     <w:rsid w:val="000C58B2"/>
     <w:rsid w:val="000E2076"/>
     <w:rsid w:val="000E3DCB"/>
+    <w:rsid w:val="000F42B0"/>
     <w:rsid w:val="000F59F5"/>
     <w:rsid w:val="001016BE"/>
     <w:rsid w:val="001202C5"/>
     <w:rsid w:val="001235B7"/>
     <w:rsid w:val="001409CF"/>
     <w:rsid w:val="0014410F"/>
     <w:rsid w:val="00161ED5"/>
     <w:rsid w:val="00175A64"/>
     <w:rsid w:val="001A69E2"/>
     <w:rsid w:val="001B4DBB"/>
     <w:rsid w:val="001B6120"/>
     <w:rsid w:val="001C6E2D"/>
     <w:rsid w:val="001D4036"/>
     <w:rsid w:val="001D63B9"/>
     <w:rsid w:val="001E3492"/>
     <w:rsid w:val="001F5C7C"/>
     <w:rsid w:val="00200B9C"/>
     <w:rsid w:val="00205C70"/>
     <w:rsid w:val="00207163"/>
     <w:rsid w:val="00236A4B"/>
     <w:rsid w:val="00240325"/>
     <w:rsid w:val="002412EF"/>
     <w:rsid w:val="00246D6D"/>
+    <w:rsid w:val="00253142"/>
     <w:rsid w:val="002579D8"/>
     <w:rsid w:val="0028059A"/>
     <w:rsid w:val="0029573B"/>
     <w:rsid w:val="002965AA"/>
     <w:rsid w:val="002A06C6"/>
     <w:rsid w:val="002B5D47"/>
     <w:rsid w:val="002C38F6"/>
     <w:rsid w:val="002C3D44"/>
     <w:rsid w:val="002C7D45"/>
     <w:rsid w:val="002D6844"/>
     <w:rsid w:val="002E0D67"/>
     <w:rsid w:val="0030192B"/>
     <w:rsid w:val="00310966"/>
     <w:rsid w:val="00316BAA"/>
     <w:rsid w:val="00320E1A"/>
     <w:rsid w:val="00354A65"/>
     <w:rsid w:val="003737DF"/>
     <w:rsid w:val="00385106"/>
     <w:rsid w:val="003A617A"/>
     <w:rsid w:val="003C574C"/>
     <w:rsid w:val="003C77FC"/>
     <w:rsid w:val="003E2E99"/>
     <w:rsid w:val="003E6970"/>
     <w:rsid w:val="003F21CE"/>
     <w:rsid w:val="004261FE"/>
@@ -9525,65 +9739,65 @@
     <w:rsid w:val="00FC2C7D"/>
     <w:rsid w:val="00FD51A9"/>
     <w:rsid w:val="00FD63DA"/>
     <w:rsid w:val="00FE1698"/>
     <w:rsid w:val="00FE2681"/>
     <w:rsid w:val="00FE3740"/>
     <w:rsid w:val="00FE43E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17413"/>
+    <o:shapedefaults v:ext="edit" spidmax="19461"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="008FB740"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{C87F8174-1BBD-42F1-B2AB-5099FE729260}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10000,51 +10214,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0030192B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -11569,54 +11782,54 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D5D9DD"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableReference">
     <w:name w:val="Table Reference"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00175A64"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedLevel1">
     <w:name w:val="Bulleted Level 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="001409CF"/>
+    <w:rsid w:val="00253142"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="46"/>
+        <w:numId w:val="47"/>
       </w:numPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="BulletedList2ndLevel">
     <w:name w:val="Bulleted List 2nd Level"/>
     <w:basedOn w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00546F89"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="27"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Endnotes">
     <w:name w:val="Endnotes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00546F89"/>
     <w:rPr>
       <w:sz w:val="18"/>
@@ -11913,51 +12126,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E05A79"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E5920"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="29064973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="124272519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17053,70 +17266,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4100247-25AA-48A0-BC14-97F7A8588A88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3535</Words>
-  <Characters>20150</Characters>
+  <Words>3654</Words>
+  <Characters>20176</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>341</Lines>
+  <Paragraphs>250</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Report Title</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Colorado State Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23638</CharactersWithSpaces>
+  <CharactersWithSpaces>23580</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Report Title</dc:title>
   <dc:subject/>
   <dc:creator>Beth Hunter</dc:creator>
   <cp:keywords/>
   <dc:description>Report Title</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>