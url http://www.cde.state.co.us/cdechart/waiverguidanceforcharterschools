--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,20949 +1,6143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19C97AF6" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2294D9E0" w14:textId="77777777" w:rsidR="00F44F2D" w:rsidRDefault="00F44F2D"/>
+    <w:p w14:paraId="43771C06" w14:textId="77777777" w:rsidR="00F44F2D" w:rsidRDefault="00C529C0" w:rsidP="00F44F2D">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A09C79F" wp14:editId="63B59479">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6312B070" wp14:editId="5F07AFBF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3771900" cy="800100"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="6" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3771900" cy="800100"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                        <a:extLst>
+                          <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}"/>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="701FCF9C" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRPr="00456DAE" w:rsidRDefault="00456DAE">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:caps/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00456DAE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+                                <w:caps/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>Charter School Waiver Request Guidance</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0F6C7695" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRPr="002C4AFE" w:rsidRDefault="00456DAE" w:rsidP="002C42EF">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                                <w:color w:val="DAE7F4"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                                <w:color w:val="DAE7F4"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Prepared by </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C37435">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                                <w:color w:val="DAE7F4"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">the CDE </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                                <w:color w:val="DAE7F4"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>School of Choice Office</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6312B070" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:36pt;margin-top:36pt;width:297pt;height:63pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc/sScHwIAAEoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xk2dpacaqsVaZJ&#10;UVsprfpMMMTWgMuAxM5+/S7Y+Vi3p2kv+MK93I9zDp7ddlqRvXC+AVPS8SinRBgOVWO2JX15Xn64&#10;psQHZiqmwIiSHoSnt/P372atLcQEalCVcASTGF+0tqR1CLbIMs9roZkfgRUGnRKcZgG3bptVjrWY&#10;XatskuefsxZcZR1w4T2e3vdOOk/5pRQ8PErpRSCqpNhbSKtL6yau2XzGiq1jtm740Ab7hy40awwW&#10;PaW6Z4GRnWv+SKUb7sCDDCMOOgMpGy7SDDjNOH8zzbpmVqRZEBxvTzD5/5eWP+zX9smR0H2BDglM&#10;Q3i7Av7dIzZZa30xxERMfeExOg7aSafjF0cgeBGxPZzwFF0gHA8/Xl2Nb3J0cfRd5zhgAjw737bO&#10;h68CNIlGSR3ylTpg+5UPsT4rjiGxmIFlo1TiTJnfDjCwPxGJ9OH2ueFohW7T4d1obqA64NQOekF4&#10;y5cNdrBiPjwxhwrAplHV4REXqaAtKQwWJTW4n387j/FIDHopaVFRJfU/dswJStQ3g5TdjKfTKMG0&#10;mX66muDGXXo2lx6z03eAoh3j+7E8mTE+qKMpHehXFP8iVkUXMxxrlzQczbvQ6xwfDxeLRQpC0VkW&#10;VmZt+ZHsiO9z98qcHUgISN8DHLXHijdc9LE9+ItdANkkos6oDqpBwSb+hscVX8TlPkWdfwHzXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAISqY9PbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwZudtWhsYzZFFK+KVQu9bbPTJJidDdltE/+9Iwj1NMy8x5vvFavJd+pIQ2wDG7ieaVDE&#10;VXAt1wY+3p+vFqBisuxsF5gMfFOEVXl+VtjchZHf6LhOtZIQjrk10KTU54ixasjbOAs9sWj7MHib&#10;ZB1qdIMdJdx3ONc6Q29blg+N7emxoeprffAGPl/2282Nfq2f/G0/hkkj+yUac3kxPdyDSjSlkxl+&#10;8QUdSmHahQO7qDoDd3Opkv6m6FmWyWEnxuVCA5YF/m9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBc/sScHwIAAEoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCEqmPT2wAAAAkBAAAPAAAAAAAAAAAAAAAAAHkEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="701FCF9C" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRPr="00456DAE" w:rsidRDefault="00456DAE">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:caps/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00456DAE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+                          <w:caps/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>Charter School Waiver Request Guidance</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0F6C7695" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRPr="002C4AFE" w:rsidRDefault="00456DAE" w:rsidP="002C42EF">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                          <w:color w:val="DAE7F4"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                          <w:color w:val="DAE7F4"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Prepared by </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C37435">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                          <w:color w:val="DAE7F4"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">the CDE </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                          <w:color w:val="DAE7F4"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>School of Choice Office</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="page" anchory="page"/>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="44EE2447" wp14:editId="7EF2953A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4000500</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>585470</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2841625" cy="487680"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Picture 2" title="Colorado Department of Education Logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2841625" cy="487680"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B53BF51" wp14:editId="16DF59F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="1600200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapNone/>
-[...650 lines deleted...]
-                </wp:docPr>
+                <wp:wrapThrough wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21343"/>
+                    <wp:lineTo x="21547" y="21343"/>
+                    <wp:lineTo x="21547" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapThrough>
+                <wp:docPr id="1" name="Rectangle 1" title="Decorative Rectangle"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6894830" cy="12700"/>
+                          <a:ext cx="7772400" cy="1600200"/>
                         </a:xfrm>
-                        <a:custGeom>
+                        <a:prstGeom prst="rect">
                           <a:avLst/>
-                          <a:gdLst/>
-[...23 lines deleted...]
-                        </a:custGeom>
+                        </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="9AA2AC"/>
+                          <a:srgbClr val="488BC9"/>
                         </a:solidFill>
+                        <a:ln w="10000" cap="flat" cmpd="sng" algn="ctr">
+                          <a:noFill/>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                        <a:extLst>
+                          <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}"/>
+                          <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}"/>
+                        </a:extLst>
                       </wps:spPr>
-                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5832A276" id="Graphic 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:34.55pt;margin-top:18.4pt;width:542.9pt;height:1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6894830,12700" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlF075JwIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068LU2MOEWQosOA&#10;oivQDDsrshwbk0WNUuL070fJUWp0pw27SJT5RD0+kl7dnjvNTgpdC6bks8mUM2UkVK05lPz77v7D&#10;gjPnhamEBqNK/qIcv12/f7fqbaFyaEBXChkFMa7obckb722RZU42qhNuAlYZctaAnfB0xENWoegp&#10;eqezfDqdZz1gZRGkco6+3g1Ovo7x61pJ/62unfJMl5y4+bhiXPdhzdYrURxQ2KaVFxriH1h0ojX0&#10;6DXUnfCCHbH9I1TXSgQHtZ9I6DKo61aqmANlM5u+yea5EVbFXEgcZ68yuf8XVj6enu0TBurOPoD8&#10;6UiRrLeuuHrCwV0w5xq7gCXi7BxVfLmqqM6eSfo4Xyw/LT6S2JJ8s/xmGlXORJEuy6PzXxTEQOL0&#10;4PxQhCpZokmWPJtkIpUyFFHHInrOqIjIGRVxPxTRCh/uBXbBZP2ISZOIBG8HJ7WDiPMhicD3882c&#10;s5QKUX3FaDPGUlYjVPKl3cZ4A2aWz5Z5YEbRkj/tA2787t+hk6ApntTg1PBUSD2+eZWD3h8L7kC3&#10;1X2rdRDA4WG/1chOgpRdbjb5ZnuhPILFbhgaILTCHqqXJ2Q9zUzJ3a+jQMWZ/mqoKcOAJQOTsU8G&#10;er2FOIZRe3R+d/4h0DJLZsk99c8jpJYXReoM4h8AAzbcNLA5eqjb0DaR28DocqA5iflfZjoM4vgc&#10;Ua9/nvVvAAAA//8DAFBLAwQUAAYACAAAACEAQxxxo+AAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+DQBCF7yb+h82YeDHtgiKhyNIYjfFgL9Ym9bhlRyCys8guFP31Tk96nPde3nyvWM+2ExMO&#10;vnWkIF5GIJAqZ1qqFezenhYZCB80Gd05QgXf6GFdnp8VOjfuSK84bUMtuIR8rhU0IfS5lL5q0Gq/&#10;dD0Sex9usDrwOdTSDPrI5baT11GUSqtb4g+N7vGhwepzO1oFP/3m/SW58tX4/CiT/ZfZzf0UKXV5&#10;Md/fgQg4h78wnPAZHUpmOriRjBedgnQVc1LBTcoLTn58m6xAHFjJMpBlIf8vKH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAZRdO+ScCAADBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAQxxxo+AAAAAJAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m6894576,l,,,12192r6894576,l6894576,xe" fillcolor="#9aa2ac" stroked="f">
+              <v:rect w14:anchorId="544B9D83" id="Rectangle 1" o:spid="_x0000_s1026" alt="Title: Decorative Rectangle" style="position:absolute;margin-left:0;margin-top:0;width:612pt;height:126pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC90N4cywIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB8d21nTpwYTQo3hocB&#10;QVusHXpmZDkxJkuapDy6Yf99lOykWbfTMB8MUaT4+j7y+ubYcbJn2rRSzIPkKg4IE1TWrdjMgy9P&#10;VTgNiLEgauBSsHnwwkxws3j/7vqgcjaSW8lrpgk6ESY/qHmwtVblUWTolnVgrqRiApWN1B1YFPUm&#10;qjUc0HvHo1EcT6KD1LXSkjJj8LbslcHC+28aRu190xhmCZ8HmJv1f+3/a/ePFteQbzSobUuHNOAf&#10;suigFRj07KoEC2Sn2z9cdS3V0sjGXlHZRbJpWsp8DVhNEr+p5nELivlasDlGndtk/p9berd/0KSt&#10;EbuACOgQos/YNBAbzghe2dZyvCsZlRpsu2fkrHa9OyiTo4tH9aBd9UatJP1qUBH9pnGCGWyOje6c&#10;LdZOjh6IlzMQ7GgJxcssy0ZpjHhR1CWTOEaoXbgI8tNzpY39yGRH3GEeaEzaAwD7lbG96cnEZyZ5&#10;W1ct517Qm/WSa7IHZEU6nd4uZ4N3c2nGBTlg+Bg/zASQnQ0Hi8dOYb+M2AQE+AZpT632sYV0ETA4&#10;5C52CWbbx/BuhxBcOD3z3OxTRelo8ejvsQOeNz+qohhNyg9lWE5nWZiu2SicVnEa3hbpOFlmWZWU&#10;2U/n0z8fHi3H2ajIxrNwUoyTME3iaVgU8SgsqyIu4rRaztJb/wg7eQrqoerRcTitZf2ClNCynxWj&#10;aNViMSsw9gE0Dgc2Awfe3uOv4RI7JIdTQLZSf//bvbNHzqI2IAccNuzetx1oFhD+SSCbZ0mauun0&#10;Qoo1oKAvNetLjdh1S4nIIT0xO3909pafjo2W3TPuhcJFRRUIirF7nAZhafslgJuFsqLwZjiRCuxK&#10;PCrqnJ9gfDo+g1YDzyx27U6eBhPyN3Trbd1LIYudlU3rufja12EycJo9m4fN49bFpeytXvfj4hcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQDLJFe/2gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8Qw&#10;EIXvgv8hjOBFdhOjLlKbLiJ4ES92F8TbbDO2oc2kNNnd6q8360UvDx5veO+bcj37QRxoii6wgeul&#10;AkHcBOu4NbDdPC/uQcSEbHEITAa+KMK6Oj8rsbDhyG90qFMrcgnHAg10KY2FlLHpyGNchpE4Z59h&#10;8piynVppJzzmcj9IrdRKenScFzoc6amjpq/33gC+f1N99XrzEjYfvXIO+4i8NebyYn58AJFoTn/H&#10;cMLP6FBlpl3Ys41iMJAfSb96yrS+zX5nQN9pBbIq5X/86gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC90N4cywIAAGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDLJFe/2gAAAAYBAAAPAAAAAAAAAAAAAAAAACUFAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAALAYAAAAA&#10;" fillcolor="#488bc9" stroked="f" strokeweight=".27778mm">
                 <v:path arrowok="t"/>
-                <w10:wrap type="topAndBottom" anchorx="page"/>
-              </v:shape>
+                <w10:wrap type="through" anchorx="page" anchory="page"/>
+                <w10:anchorlock/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Overview"/>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00456DAE">
         <w:t>Overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39845D9A" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...141 lines deleted...]
-        <w:t xml:space="preserve">This flexibility is intended to provide charters with </w:t>
+    <w:p w14:paraId="4B7AEE1E" w14:textId="77777777" w:rsidR="00C679C7" w:rsidRPr="00C679C7" w:rsidRDefault="00C679C7" w:rsidP="00C679C7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charter schools may receive waivers from specified areas of statute once a charter contract has been established. This flexibility is intended to provide charters with </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>the autonomy</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to fully implement the educational plan outlined in the school’s contract with the authorizing district. Charter school waiver requests must meet the requirements set in the Charter School Act (22-30.5-101, C.R.S.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2607AAF3" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="460DC9DE" w14:textId="77777777" w:rsidR="00C679C7" w:rsidRPr="00C679C7" w:rsidRDefault="00C679C7" w:rsidP="00C679C7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>There are two types of waivers that apply to charter schools</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> automatic and non-automatic. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
         <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...140 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Automatic waivers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are those that are automatically granted to all charter schools upon the establishment of a charter contract, renewal or extension, for the term of the contract. Although they are automatic, a charter school contract must list the automatic waivers the school is invok</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ing, but it need not include a Rationale and Replacement P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (RRP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for those automatic waivers. (22-30.5-105(3), C.R.S.). The current automatic waiver list is included in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:r w:rsidR="00503894">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Automatic Waiver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section below and can also be found on the Colorado Department of Education’s (CDE’s) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>waiver webpage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.cde.state.co.us/cdechart/waivers)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0F35E321" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...86 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A0622BE" w14:textId="77777777" w:rsidR="00C679C7" w:rsidRPr="00C679C7" w:rsidRDefault="00C679C7" w:rsidP="00C679C7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All other waivers from state statute and rule are considered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>non-automatic waiver</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requests and must be reviewed and approved by the State Board of Education. See the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
           <w:i/>
-          <w:spacing w:val="-5"/>
-[...42 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Non-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C679C7">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-        <w:t>Non-</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>automatic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Waiver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section of this document for more information. Unlike automatic waivers, non-autom</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atic waivers must include </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>automatic</w:t>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...119 lines deleted...]
-        <w:r w:rsidR="00503894">
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A sample RRP can be viewed on the CDE </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>waiver webpage</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.cde.state.co.us/cdechart/waivers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695C901C" w14:textId="20AE0FEA" w:rsidR="00BF5460" w:rsidRPr="007944E5" w:rsidRDefault="00C679C7" w:rsidP="007944E5">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Local school boards may approve waivers to district policy for a charter within their district; these kinds of waivers do not need to be approved by the State Board of Education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F117317" w14:textId="77777777" w:rsidR="00BF5460" w:rsidRDefault="00456DAE" w:rsidP="00BF5460">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-      </w:hyperlink>
+        <w:t>Areas of Statute Charter May Not Waive</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="21571AF8" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...159 lines deleted...]
-        <w:t>do not need to be approved by the State Board of Education.</w:t>
+    <w:p w14:paraId="7B7908ED" w14:textId="77777777" w:rsidR="00BF5460" w:rsidRDefault="00C679C7" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Please be aware that, under state law, charter schools may not seek waivers from any of the following areas of statute (as outlined in 22-30.5-104(6)(c), C.R.S.):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B2557E" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...341 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="19FA385A" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...76 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>School accountability committees as described in §22-11-401, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A97CC7" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2F508387" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...76 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Assessments required to be administered pursuant to §22-7-1006.3, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6524B9B4" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3ED299AD" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...112 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>School performance reports pursuant to Title 22, Article 11, Part 5, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF51F4F" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="305E4E33" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...106 lines deleted...]
-        <w:t xml:space="preserve"> C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Public School Finance Act of 1994, Title 22, Article 54, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BEE945" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2CEAD7E4" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...94 lines deleted...]
-        <w:t>C.R.S</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Children’s Internet Protection Act, Title 22, Article 87, C.R.S</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2107F886" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="486905BE" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...94 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Exceptional Children's Educational Act, Title 22, Article 20, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D5FB47" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="000E218B" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...142 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The requirement to post on the internet the statutes for which waivers are granted as provided in §22-44-305, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3115C163" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="39298AF8" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...142 lines deleted...]
-        <w:t>employees</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Any provision of §22-1-130, relating to notification to parents of alleged criminal conduct by charter school employees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA8D0B4" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="09C50BCA" w14:textId="77777777" w:rsidR="003501BC" w:rsidRPr="003501BC" w:rsidRDefault="003501BC" w:rsidP="003501BC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...130 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Suspension and expulsion of students in preschool through second grade pursuant to §22-33-106.1, C.R.S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295B45C9" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="1F135904" w14:textId="77777777" w:rsidR="00B849BA" w:rsidRDefault="003501BC" w:rsidP="007944E5">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discrimination based on hair texture, hair type, </w:t>
+      </w:r>
       <w:r>
-        <w:t>Discrimination based on hair texture, hair type, hair length or a protective hairstyle that is commonly or historically</w:t>
-      </w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hair length </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003501BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>or a protective hairstyle that is commonly or historically associated with race pursuant to §22-30.5-104(3), §22-32-110(1)(k) and §22-63-206(1), C.R.S.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188A167C" w14:textId="282B456E" w:rsidR="00B849BA" w:rsidRPr="00B849BA" w:rsidRDefault="00B849BA" w:rsidP="007944E5">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B849BA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The wearing of cultural or religious objects at school graduation ceremonies pursuant to §22-1-142.5, C.R.S.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA423EC" w14:textId="77777777" w:rsidR="0049200C" w:rsidRDefault="0049200C" w:rsidP="0049200C">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049200C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Policies required by Title 24, Article 74.1, concerning the collection and sharing of information related to citizenship and immigration status</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1432A6F2" w14:textId="254CCEBE" w:rsidR="00C679C7" w:rsidRPr="00C679C7" w:rsidRDefault="00C679C7" w:rsidP="00C679C7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C679C7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>In addition, the State Board of Education does not have authority to grant waivers from non-education statutes (statutes outside of title 22); or Federal statutes, including ESSA and IDEA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763B5160" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...86 lines deleted...]
-        <w:t>C.R.S.</w:t>
+        <w:t>Automatic Waivers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D90F2EF" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...885 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5CADCA4E" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="005F442F" w:rsidP="00456DAE">
+      <w:r w:rsidRPr="005F442F">
+        <w:t xml:space="preserve">Pursuant to 22-30.5-103, C.R.S., automatic waivers are now defined as those being granted automatically to all charter schools upon the establishment of a charter contract, renewal or extension, for the term of the contract. A charter school </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>is not required</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:t>follows:</w:t>
+      <w:r w:rsidRPr="005F442F">
+        <w:t xml:space="preserve"> to submit an RRP for an automatic waiver; however, a charter school must identify which automatic waivers it plans to invoke. The list of automatic waivers that have been approved by the state board are as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477E0F77" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...7 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="12370B0C" w14:textId="77777777" w:rsidR="005F442F" w:rsidRDefault="005F442F" w:rsidP="00456DAE"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="840" w:type="dxa"/>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="5C666F"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5C666F"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...4 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
-        <w:gridCol w:w="8386"/>
+        <w:gridCol w:w="8388"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00503894" w14:paraId="6904E9A5" w14:textId="77777777">
+      <w:tr w:rsidR="005F442F" w14:paraId="3F36A029" w14:textId="77777777" w:rsidTr="00B636B6">
         <w:trPr>
-          <w:trHeight w:val="306"/>
+          <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10906" w:type="dxa"/>
+            <w:tcW w:w="10908" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BCD5ED"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w14:paraId="4A242DFC" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="64AF96BC" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...92 lines deleted...]
-              <w:t>6/2/17)</w:t>
+              <w:t>Automatic Waiver List (As of 6/2/17)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="4AAF2123" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="07CF541F" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
           </w:tcPr>
-          <w:p w14:paraId="7C845B9E" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2DAB1405" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="9" w:line="263" w:lineRule="exact"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Statutory</w:t>
-[...17 lines deleted...]
-              <w:t>Citation</w:t>
+              <w:t>Statutory Citation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBBC630" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="172BD677" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="9" w:line="263" w:lineRule="exact"/>
+              <w:spacing w:line="292" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="10B9A7C1" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="7E02196D" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9725BD" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="37DAE847" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:t>22-32-109(1)(f), C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640DBC6A" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board duties concerning selection of staff and pay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="60151B4F" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31967285" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>22-32-109(1)(f),</w:t>
+              <w:t>22-32-109(1)(t), C.R.S.</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B41EF9" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Determine educational </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>program</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and prescribe textbooks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="6B54CEAC" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C5926C" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>22-32-110(1)(h), C.R.S.</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8F0237" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board powers-Terminate employment of personnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="70523C2F" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F897C65" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>22-32-110(1)(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>), C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4875F559" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board duties-Reimburse employees for expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="3A4B7F23" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDBC3A6" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>22-32-110(1)(j), C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12ED726D" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board powers-Procure life, health, or accident insurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="3B34C3C4" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D593CC0" w14:textId="61266E8F" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>22-32-110(1)(k)</w:t>
+            </w:r>
+            <w:r w:rsidR="002830D2">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(I)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>, C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637C8630" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board powers-Policies relating the in-service training and official conduct</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="06352E74" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7247185B" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>22-32-110(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>1)(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>ee), C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7E5950" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Local board powers-Employ teachers’ aides and other non-certificated personnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="730B3601" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4143CA31" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>22-32-126, C.R.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B0A087" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Employment and authority of principals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F442F" w14:paraId="367766ED" w14:textId="77777777" w:rsidTr="002E7CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1023B1D6" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="266" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>22-33-104(4)</w:t>
+            </w:r>
+            <w:r w:rsidR="002E7CAD">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7CAD" w:rsidRPr="00D2388A">
+              <w:rPr>
+                <w:i/>
               </w:rPr>
               <w:t>C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="308F9E53" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="446A20C1" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="266" w:lineRule="exact"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...68 lines deleted...]
-              <w:t>pay</w:t>
+              <w:t>Compulsory school attendance-Attendance policies and excused absences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="46DBA542" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="5124EC00" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D65432C" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1DB471A2" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>C.R.S.</w:t>
+              <w:t>22-63-301, C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70CEC154" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2E781E08" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="002E7CAD" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Determine</w:t>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Teacher Employment Act-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="005F442F" w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...43 lines deleted...]
-              <w:t>textbooks</w:t>
+              <w:t>Grounds for dismissal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="7D8BDAFD" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="2823FF15" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735FA49F" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="107EA6B3" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              <w:t>C.R.S.</w:t>
+              <w:t>22-63-302, C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373B6B30" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="65CDEDAD" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-              <w:t>personnel</w:t>
+              <w:t>Teacher Employment Act-Procedures for dismissal of teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="64AB1D70" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="29995F00" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="795D11D8" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="07FD9E6D" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...32 lines deleted...]
-              <w:t>C.R.S.</w:t>
+              <w:t>22-63-401, C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02828814" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="27B36E40" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-              <w:t>expenses</w:t>
+              <w:t>Teacher Employment Act-Teachers subject to adopted salary schedule</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="6730F0E8" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="2679613A" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1395380C" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7BDE3CFE" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-              <w:t>C.R.S.</w:t>
+              <w:t>22-63-402, C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E93CD1E" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="17D6CCBE" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-8"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-              <w:t>insurance</w:t>
+              <w:t>Teacher Employment Act-Certificate required to pay teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="14C650A5" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="590F0903" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B96DB88" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1993BD7F" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              <w:t>C.R.S.</w:t>
+              <w:t>22-63-403, C.R.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4570D5C9" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53D9794B" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...77 lines deleted...]
-              <w:t>conduct</w:t>
+              <w:t>Teacher Employment Act-Describes payment of salaries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503894" w14:paraId="7EEA53F4" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005F442F" w14:paraId="4BD2CFB7" w14:textId="77777777" w:rsidTr="002E7CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17108E81" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="30D99EF8" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="6"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>22-1-112, C.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-2"/>
-[...890 lines deleted...]
-                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>R.S</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8386" w:type="dxa"/>
+            <w:tcW w:w="8388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAAA6FE" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+          <w:p w14:paraId="27B452A2" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00D2388A" w:rsidRDefault="005F442F" w:rsidP="00D2388A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="100"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D2388A">
               <w:rPr>
-                <w:spacing w:val="-10"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-              <w:t>Holidays</w:t>
+              <w:t>School Year-National Holidays</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EADECFF" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="71778887" w14:textId="77777777" w:rsidR="00CA4561" w:rsidRDefault="00CA4561" w:rsidP="00BF5460"/>
+    <w:p w14:paraId="11BD9636" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Non-Automatic Waivers</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5169DAB6" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...116 lines deleted...]
-        <w:t>Waivers</w:t>
+    <w:p w14:paraId="31385023" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A charter school may operate free from specified state rules and statutes as provided in §22-30.5-104(6)(b), C.R.S. by requesting waivers. To obtain these waivers, all charter schools must go through a formal process to waive out of any state statute and rule that is not considered an automatic waiver. Once this process is completed, the State Board of Education has the authority to grant or deny the request for each non-automatic waiver. Regardless of waiver approval, the charter school is subject to all federal and state laws and constitutional provisions prohibiting discrimination </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disability, race, creed, color, sex, sexual orientation, national origin, religion, ancestry, or need for special education services (22-30.5-104(3), C.R.S.). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F85D6B" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...156 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="5867233C" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07BF8A72" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Once a request for state waivers is approved, the waivers are valid through the t</w:t>
+      </w:r>
+      <w:r w:rsidR="003153CD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erm of the contract between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">charter school and its authorizer. If a charter school contract exceeds five years, then the State Board has authority to review the school’s waivers to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>the basis of</w:t>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>deem</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> disability, race, creed, color, sex, sexual orientation, national origin, religion, ancestry, or need for special education services (22-30.5-104(3), C.R.S.).</w:t>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whether the waivers continue to be necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2724C1E4" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...2 lines deleted...]
-        <w:spacing w:before="1"/>
+    <w:p w14:paraId="5A2EDC21" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="482F1082" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> whether the waivers continue to be necessary.</w:t>
+    <w:p w14:paraId="52BFB7FA" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A charter school waiver request is submitted to the state by the authorizer after an updated request is signed. The authorizer is only required to provide a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>complete copy of the signed charter contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (22-30.5-104(6)(d), C.R.S.). A complete, signed copy of the charter contract should include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50992C68" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...318 lines deleted...]
-    <w:p w14:paraId="6213BD81" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2001D16E" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...96 lines deleted...]
-        <w:t>contract</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A clear start and end date of the term of the char</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ter contract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A59F0CE" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...475 lines deleted...]
-    <w:p w14:paraId="64AC060A" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00CC3A1D" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...93 lines deleted...]
-        <w:t>board</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Signatures of both the charter sch</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ool and authorizing local board</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3670A944" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="35DE1326" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...84 lines deleted...]
-        <w:t>invoking</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A list of automatic</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> waivers the school is invoking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1A644E" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="23915D84" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A list of the non-automatic waivers from state </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>statute</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>rule</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...36 lines deleted...]
-        <w:t>requesting</w:t>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the school is requesting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E86CC91" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1ABD658D" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for each non-automatic waiver requested (per 22-30.5-105(2), C.R.S.) that addresses the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>manner in which</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a charter school shall comply with the intent of the state st</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atutes and/or state board rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EED8878" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE"/>
+    <w:p w14:paraId="299950EA" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rationale and Replacement Plans (RRP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C1FB71" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:right="349"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each waiver being requested by the charter school must have an associated Rationale and Replacement Plan (RRP). A </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>sampl</w:t>
+        </w:r>
+        <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>e RRP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viewed at </w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.cde.state.co.us/cdechart/samplerrp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Each waiver from state</w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statute and rule must contain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rationale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as to why the waiver is being requested and a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>replacement plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicating how the school will continue to meet the intent of the law. Two or more statues can be combined under the same </w:t>
+      </w:r>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RRP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the plan explains why each waiver is being requested and addresses how the intent of each statue will still be met. In addition to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B636B6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RRP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, CDE recommends as best practice that the charter school </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information about the following in their RRP:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D82779" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="00B636B6" w:rsidP="005F442F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1439"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>A</w:t>
-      </w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Financial i</w:t>
+      </w:r>
+      <w:r w:rsidR="005F442F" w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mpact of waiving out of the law or</w:t>
+      </w:r>
+      <w:r w:rsidR="005F442F" w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F442F" w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6F0586" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>How the impact of the waivers will be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>evaluated</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A33EB34" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Expected outcome from waiving out of this law or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D2F7BE" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="005F442F" w:rsidP="005F442F">
+      <w:pPr>
+        <w:ind w:left="220" w:right="830"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C77034C" w14:textId="77777777" w:rsidR="005F442F" w:rsidRPr="00145445" w:rsidRDefault="005F442F" w:rsidP="00145445">
+      <w:pPr>
+        <w:ind w:right="830"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F442F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To help schools better understand how specific waivers may apply, we have organized waivers into three different categories: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>delegatory, policy commitments, or substantive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC65B32" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
+        <w:t>Delegatory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A545E2" w14:textId="77777777" w:rsidR="00145445" w:rsidRPr="00145445" w:rsidRDefault="00477A75" w:rsidP="00145445">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="195"/>
+        <w:ind w:right="266"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Delegatory waivers are waivers in</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the authority has been delegated from the authorizing board to the charter school governing board to create policies and practices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F76DC32" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRPr="00145445" w:rsidRDefault="00477A75" w:rsidP="00145445">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9459"/>
+        </w:tabs>
+        <w:spacing w:before="194"/>
+        <w:ind w:left="720" w:right="582"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Journey Academy shall be delegated the authority from the School</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>District to</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>accordance with the Charter School</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEA55FD" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Policy commitments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F18D12" w14:textId="77777777" w:rsidR="00145445" w:rsidRPr="00145445" w:rsidRDefault="00477A75" w:rsidP="00145445">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="194"/>
+        <w:ind w:right="346"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Policy commitment w</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aivers </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are ones </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that commit a charter school governing board to develop their own policy that is separate and independent of their authorizer or the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>state, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>provides</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flexibility to modify a policy without having to update a contract. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABDD44B" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRPr="00145445" w:rsidRDefault="00477A75" w:rsidP="00145445">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7111"/>
+        </w:tabs>
+        <w:spacing w:before="197"/>
+        <w:ind w:left="720" w:right="180"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will adopt its own</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>concerning</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>that will meet or exceed the intent of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F85F22D" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
       <w:r>
-        <w:t>RRP</w:t>
-      </w:r>
+        <w:t>Substantive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A87347" w14:textId="7E79AF79" w:rsidR="00456DAE" w:rsidRDefault="00477A75" w:rsidP="00145445">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="195"/>
+        <w:ind w:right="288"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Substantive waivers have </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>RRPs that provide greater detail on how the charter school wi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ll meet the intent of the law. They are m</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eant to clarify that certain minimum standards will still be met. </w:t>
+      </w:r>
+      <w:r w:rsidR="003501BC" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Typically,</w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>for</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they are used </w:t>
+      </w:r>
+      <w:r w:rsidR="00145445" w:rsidRPr="00145445">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for provisions related to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>licensure and school readiness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195B36D9" w14:textId="77777777" w:rsidR="00145445" w:rsidRPr="00145445" w:rsidRDefault="00145445" w:rsidP="00145445">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="195"/>
+        <w:ind w:right="288"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B53E451" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00145445" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
       <w:r>
-        <w:t>each</w:t>
-      </w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00456DAE">
+        <w:lastRenderedPageBreak/>
+        <w:t>Process and Required Documents for Requesting Waivers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6AEE30" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00145445" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>The following diagram provides an overview of the waiver process:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D407D74" w14:textId="77777777" w:rsidR="00F82E90" w:rsidRPr="001D6331" w:rsidRDefault="00C529C0" w:rsidP="001D6331">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118B6D3E" wp14:editId="2CEA9773">
+            <wp:extent cx="6858000" cy="4829175"/>
+            <wp:effectExtent l="38100" t="419100" r="0" b="409575"/>
+            <wp:docPr id="2" name="Diagram 4" descr="Step 1: Local District Board Actions During Approval or Renewal&#10;The charter contract or amendment submitted to the authorizing local board of education includes a list of waivers from state statute, state rule, and district policy.&#10;There is a rationale for why each non-automatic state waiver was requested and replacement plan for how the charter school will continue to meet the intent of the law.&#10;The local board approves or denies the requests.&#10;Step 2: Local District Staff Actions Re: Non-Automatic State Waiver Requests&#10;The authorizing district submits the complete charter contract, with signatures, to CDE within 10 days of approval. See www.cde.state.co.us/cdechart/waivers.&#10;The complete charter contract should include: the contract term, a list of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers.&#10;The state board of education has 45 days once a complete contract is received to either grant or deny the waivers.&#10;Step 3: CDE Staff Actions&#10;The Schools of Choice Office will review the request and submit it to the State Board for review and approval.&#10;Once the waiver request is approved by the State Board of Education, the Schools of Choice Office will send an electronic approval letter to the charter school contact and will copy the authorizer using the contact information provided.&#10;On its financial transparency webpage, the charter school must include a standarized description of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers." title="Overview of the Waiver Process"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E19B90F" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
       <w:r>
-        <w:t>non-automatic</w:t>
-      </w:r>
+        <w:t>Posting Waivers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDD6046" w14:textId="77777777" w:rsidR="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331">
       <w:r>
-        <w:rPr>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Pursuant to CRS 22-44-305, charter schools need to update their financial transparency website within thirty days of state approval of their waivers. This posting must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C31F85" w14:textId="77777777" w:rsidR="001D6331" w:rsidRPr="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A list of all the non-automatic waivers the school is requesting, and a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>which</w:t>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rationale</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> a charter school shall comply with the intent of the state statutes and/or state board rules</w:t>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and replacement plan for each of the requested non-automatic waivers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7462B468" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...183 lines deleted...]
-        <w:r w:rsidR="00503894">
+    <w:p w14:paraId="569CECBC" w14:textId="77777777" w:rsidR="001D6331" w:rsidRPr="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The standardized description and rationale document for each automatic waiver, created by CDE, which includes only the automatic waivers the school has invoked. The document that shall be used can be downloaded</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82E90">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the CDE </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00EE3586" w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>sample</w:t>
+          <w:t xml:space="preserve">waiver </w:t>
         </w:r>
-        <w:r w:rsidR="00503894">
+        <w:r w:rsidR="00F82E90" w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:t>RRP</w:t>
+          <w:t>webpage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...284 lines deleted...]
-        <w:t xml:space="preserve"> information about the following in their RRP:</w:t>
+      <w:r w:rsidR="00F82E90">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82E90" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>https://www.cde.state.co.us/cdechart/waivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82E90">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E53D878" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...5 lines deleted...]
-    <w:p w14:paraId="41A4196F" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5D32C3B5" w14:textId="77777777" w:rsidR="001D6331" w:rsidRPr="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1660"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="279" w:lineRule="exact"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Contact information for a person employed by the charter school who is available during regular school hours and can provide additional information about the charter school’s automatic waivers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8AE7AB" w14:textId="77777777" w:rsidR="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
       </w:pPr>
       <w:r>
-        <w:t>Financial</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Example of Financial Transparency webpage:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE68110" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00C529C0" w:rsidP="001D6331">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-        </w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC0EBE5" wp14:editId="0A269739">
+            <wp:extent cx="5648325" cy="3886200"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="3" name="Picture 5" title="Screenshot of Financial Transparency Website"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5648325" cy="3886200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF1F2B1" w14:textId="77777777" w:rsidR="001D6331" w:rsidRPr="001D6331" w:rsidRDefault="001D6331" w:rsidP="001D6331"/>
+    <w:p w14:paraId="4BF84CC3" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Frequently Asked Questions (FAQs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA5B43A" w14:textId="77777777" w:rsidR="00263983" w:rsidRDefault="001D6331" w:rsidP="00263983">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:t xml:space="preserve">What are some common non-automatic waivers charter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D6331">
+        <w:t>schools</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D6331">
+        <w:t xml:space="preserve"> request?</w:t>
+      </w:r>
+      <w:r w:rsidR="00263983">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00263983" w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Where can I see the approved waivers for each charter school</w:t>
+      </w:r>
+      <w:r w:rsidR="00263983">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FFD150" w14:textId="77777777" w:rsidR="00263983" w:rsidRPr="005C6480" w:rsidRDefault="00263983" w:rsidP="00263983">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A report that shows all the approved waivers for each charter school</w:t>
+      </w:r>
       <w:r>
-        <w:t>impact</w:t>
-[...5173 lines deleted...]
-        <w:r w:rsidR="00503894">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, including common non-automatic waivers,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is posted on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>waiver webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263983">
+        <w:t>http://www.cde.state.co.us/cdechart/report-waiversbycharterschool-0</w:t>
       </w:r>
       <w:r>
-        <w:t>(https://</w:t>
-[...5 lines deleted...]
-      </w:hyperlink>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the CDE website. This report is updated monthly following each state board meeting.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5691962A" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...9 lines deleted...]
-        <w:ind w:right="791"/>
+    <w:p w14:paraId="0B0DC567" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5AC401" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
       </w:pPr>
       <w:r>
-        <w:t>Contact</w:t>
-      </w:r>
+        <w:t>For how long are waivers valid?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771E2E0E" w14:textId="77777777" w:rsidR="005C6480" w:rsidRPr="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6480">
+        <w:t>Waivers are valid until the contract with the authorizer expires. State waivers need to be approved either when a new contract is written or waiver requests are changed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD9CB2A" w14:textId="77777777" w:rsidR="00C37435" w:rsidRDefault="00C37435" w:rsidP="00C37435">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5402AB" w14:textId="77777777" w:rsidR="00C37435" w:rsidRDefault="00C37435" w:rsidP="00C37435">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...1491 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Is a charter school required to request waivers from state </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>statute</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>rule</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D0772A" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-        <w:ind w:left="720" w:right="713"/>
+    <w:p w14:paraId="2AF72FFE" w14:textId="77777777" w:rsidR="00C37435" w:rsidRDefault="00C37435" w:rsidP="00C37435">
+      <w:pPr>
+        <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
-        <w:t>No.</w:t>
-      </w:r>
+        <w:t>No. Each charter school determines, in cooperation with its authorizer, which waivers to request, and may choose not to request any.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F8DCE4" w14:textId="77777777" w:rsidR="005C6480" w:rsidRPr="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513F0AD1" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>How does a charter school decide which waivers to request?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8ED4A8" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
       <w:r>
-        <w:t>Each</w:t>
-[...868 lines deleted...]
-        <w:t xml:space="preserve">statute defines as the responsibility of the district, just to make clear that they are accepting that responsibility. Charters often seek legal counsel when seeking waivers, but it is not required that they do so. The Schools of Choice Office cannot provide legal </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Charter schools should examine each statute to see if they would need a waiver (in addition to those automatically granted) to implement their educational plan or model.  Commonly schools seek flexibility with those things that statute defines as the responsibility of the district, just to make clear that they are accepting that responsibility. Charters often seek legal counsel when seeking waivers, but it is not required that they do so. The Schools of Choice Office cannot provide legal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>advice, but</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> is happy to talk with you about waiver selection or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>preview</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> your list of waivers and their replacement plans prior to submitting your request to your authorizer. Please contact the Schools of Choice contact listed at the end of this document with questions.</w:t>
+        <w:t xml:space="preserve"> your list of waivers and their replacement plans prior to submitting your request to your authorizer. Please contact the Schools of Choice contact listed at the end of this document with questions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551C60E4" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...2 lines deleted...]
-        <w:spacing w:before="182"/>
+    <w:p w14:paraId="54811DFA" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBDF84D" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-        <w:spacing w:before="1"/>
+    <w:p w14:paraId="7867DDDA" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="00F634DC" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
       </w:pPr>
       <w:r>
-        <w:t>Are</w:t>
-      </w:r>
+        <w:t>Are there examples of a Rationale and Replacement Plan (RRP)</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6480">
+        <w:t xml:space="preserve"> to reference?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B6F2D3" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...102 lines deleted...]
-        <w:r w:rsidR="00503894">
+        <w:t xml:space="preserve">Yes. We provide a sample </w:t>
+      </w:r>
+      <w:r w:rsidR="00F634DC">
+        <w:t xml:space="preserve">RRP </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586">
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00EE3586" w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>waiver webpage</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00EE3586">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586" w:rsidRPr="00EE3586">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.cde.state.co.us/cdechart/waivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:t xml:space="preserve">. Please </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Please keep in mind that this is just one example. It is not required that every RRP </w:t>
+        <w:t xml:space="preserve">keep in mind that this is just one example. It is not required that every RRP </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>have</w:t>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37435">
+        <w:t>ve</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> this format. It is required that each non- automatic waiver from state statute and rule, and district policy, must contain rationale as to why the waiver is being requested and a replacement plan as to how the school will continue to meet the intent of the law. Oftentimes this means</w:t>
+        <w:t xml:space="preserve"> this format. It is required that each non-automatic waiver from state statute and rule, and district policy, must </w:t>
+      </w:r>
+      <w:r w:rsidR="00F634DC">
+        <w:t xml:space="preserve">contain </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>rationale as to why the waiver is being requested and a replacement plan as to how the school will continue to meet the intent of the law. Oftentimes this means that the school will meet the intent of the law in a different way, and/or exceed expectations written in law and policy. The replacement plan may also simply be a transfer of power from the local authorizing board or school district to the charter school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8E6197" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D42CEFF" w14:textId="77777777" w:rsidR="00C37435" w:rsidRPr="001D6331" w:rsidRDefault="00C37435" w:rsidP="00C37435">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:t xml:space="preserve">Can a charter school </w:t>
       </w:r>
       <w:r>
-        <w:t>that</w:t>
+        <w:t xml:space="preserve">request a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6331">
+        <w:t>waive</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>r from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D6331">
+        <w:t xml:space="preserve"> the School Readiness Assessments?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670BF11D" w14:textId="77777777" w:rsidR="00C37435" w:rsidRDefault="00C37435" w:rsidP="00C37435">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
       <w:r>
-        <w:t>the</w:t>
-[...365 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Charter schools may request to waive school readiness </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>in</w:t>
-[...17 lines deleted...]
-        <w:t>to</w:t>
+        <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> use</w:t>
-[...71 lines deleted...]
-        <w:t>Adequate replacement plans will address the following key components of the statute:</w:t>
+        <w:t xml:space="preserve"> use an assessment of their choosing; however, as true for all waivers, schools are accountable for explaining how they will meet the intent of the law.  Adequate replacement plans will address the following key components of the statute:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF8B4CC" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="502DD5A1" w14:textId="77777777" w:rsidR="00C37435" w:rsidRPr="001D6331" w:rsidRDefault="00C37435" w:rsidP="00C37435">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1660"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:before="61"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="60"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Identify how the school will assess each component of school readiness as it is defined in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>statute;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...135 lines deleted...]
-        <w:t>a “valid” instrument.</w:t>
+      <w:r w:rsidRPr="001D6331">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> physical well-being and motor development, social and emotional development, language and comprehension development, cognition, and general knowledge. The school must confirm that the instrument used will be a “valid” instrument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3CF569" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09695124" w14:textId="77777777" w:rsidR="00C37435" w:rsidRPr="005C6480" w:rsidRDefault="00C37435" w:rsidP="00C37435">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1660"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="278" w:lineRule="exact"/>
+        <w:spacing w:after="60"/>
         <w:ind w:hanging="360"/>
-      </w:pPr>
-[...124 lines deleted...]
-        <w:t xml:space="preserve"> year.</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Confirm that the assessment will be administered within the first 60 days of the school year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799FAE5C" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="285A88C7" w14:textId="77777777" w:rsidR="00C37435" w:rsidRPr="005C6480" w:rsidRDefault="00C37435" w:rsidP="00C37435">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1661"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-[...138 lines deleted...]
-        <w:t>they learn from their readiness assessment(s).</w:t>
+        <w:spacing w:after="60"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Briefly describe how the school will develop individualized readiness plans for students based on what they learn from their readiness assessment(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF0EAF1" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+    <w:p w14:paraId="343E04B3" w14:textId="77777777" w:rsidR="00C37435" w:rsidRPr="005C6480" w:rsidRDefault="00C37435" w:rsidP="00C37435">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1661"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="273" w:lineRule="exact"/>
-        <w:ind w:left="1661" w:hanging="360"/>
+        <w:spacing w:after="60"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6480">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Confirm that the School Readiness Assessments will not be used for retention purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4708AA" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22244018" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="00C37435" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
       </w:pPr>
       <w:r>
-        <w:t>Confirm</w:t>
-      </w:r>
+        <w:t>Where can I find my w</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6480">
+        <w:t>aivers?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BBA67E" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Schools should have a list of their current waivers from state statute (and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586">
+        <w:t>R</w:t>
       </w:r>
       <w:r>
-        <w:t>that</w:t>
+        <w:t xml:space="preserve">ationale and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586">
+        <w:t>R</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">eplacement </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586">
+        <w:t>P</w:t>
       </w:r>
       <w:r>
-        <w:t>the</w:t>
-[...278 lines deleted...]
-        <w:r w:rsidR="00503894">
+        <w:t xml:space="preserve">lans); however, schools also can find their waivers and replacement policies in their last charter application. Most schools can download their plans from the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>State Board of Education Board Docs site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3586" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.boarddocs.com/co/cde/Board.nsf/Public</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">at </w:t>
-[...3 lines deleted...]
-          <w:t>http://www.boarddocs.com/co/cde/Board.nsf/Public.</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EF1E72" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606FB9C1" w14:textId="77777777" w:rsidR="005C6480" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:pStyle w:val="SubheadTrebuchet"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Is it enough to post my contract (or application) if it has the waivers in it?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3935FFC0" w14:textId="77777777" w:rsidR="001D6331" w:rsidRDefault="005C6480" w:rsidP="005C6480">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Yes, it is enough for the non-automatic waiver section; however, the school needs to post the automatic waiver document as a separate link. If the waivers are part of a larger document, the school needs to provide clarification on where waivers and replacement plans can be found within the document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A12C09" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE"/>
+    <w:p w14:paraId="2D233375" w14:textId="77777777" w:rsidR="00F634DC" w:rsidRDefault="00F634DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500"/>
+          <w:bCs/>
+          <w:color w:val="5C6670"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A79CF58" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00C37435" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>More Resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180932E9" w14:textId="40B16970" w:rsidR="001631AD" w:rsidRPr="00EE3586" w:rsidRDefault="00F634DC" w:rsidP="00AA0383">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00F634DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information and resources, visit the CDE </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>waiver webpage</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00EE3586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at: </w:t>
+      </w:r>
+      <w:r w:rsidR="001631AD" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>https://www.cde.state.co.us/cdechart/waivers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7918E892" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...994 lines deleted...]
-        <w:r w:rsidR="00503894">
+    <w:p w14:paraId="33F2D41C" w14:textId="77777777" w:rsidR="001631AD" w:rsidRPr="00EE3586" w:rsidRDefault="001631AD" w:rsidP="00F634DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>waiver</w:t>
-[...14 lines deleted...]
-          <w:t>webpage</w:t>
+          <w:t>Optional Cover Sheet (DOC)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>http://www.cde.state.co.us/cdechart/charterschoolwaiverrequestcoverpage</w:t>
+      </w:r>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00EE3586">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.cde.state.co.us/choice/charterwaiverfactsheet" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EE3586">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="056A1E6B" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
+    <w:p w14:paraId="05C00A3F" w14:textId="77777777" w:rsidR="001631AD" w:rsidRPr="00EE3586" w:rsidRDefault="001631AD" w:rsidP="00F634DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1660"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:spacing w:line="279" w:lineRule="exact"/>
-[...3 lines deleted...]
-        <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE3586">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Optional</w:t>
+          <w:t>Comparison of Waiver Laws (PDF)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-        <w:r>
           <w:t>:</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>https://www.cde.state.co.us/choice/comparisonwaiverlaws</w:t>
+      </w:r>
+      <w:r w:rsidR="00F634DC" w:rsidRPr="00EE3586">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="531D8F3D" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...101 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="3355BEB9" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE"/>
+    <w:p w14:paraId="7B827CA5" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="00456DAE" w:rsidP="00456DAE">
+      <w:pPr>
+        <w:pStyle w:val="HeadingMuseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="300D02FC" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="57F4C40B" w14:textId="77777777" w:rsidR="00456DAE" w:rsidRDefault="001631AD" w:rsidP="001631AD">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For questions about the waiver request process, please contact:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7E383FA1" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6411CECF" w14:textId="104A9E74" w:rsidR="001631AD" w:rsidRDefault="00BA64A3" w:rsidP="00456DAE">
       <w:r>
-        <w:rPr>
-[...97 lines deleted...]
-        <w:t>Contact</w:t>
+        <w:t>Janyse Skalla</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEE0BA2" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...110 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1A37BBDC" w14:textId="77777777" w:rsidR="001631AD" w:rsidRDefault="001631AD" w:rsidP="00456DAE">
       <w:r>
         <w:t xml:space="preserve">Senior Policy Consultant </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
-[...6 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76783570" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3A12173F" w14:textId="16384848" w:rsidR="00456DAE" w:rsidRDefault="00BA64A3" w:rsidP="00BF5460">
+      <w:r>
+        <w:t>Skalla_J@CDE.STATE.CO.US</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7CA70684" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00503894">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6F6570CB" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="52E0F10C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="0E27EDA0" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="571749D8" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="3BAF9E1A" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="52F6545B" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="0D602C34" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="53E2BB6E" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="140CAF17" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="0209B10C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="649CF60C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="091F1099" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="477C30BE" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="3DEF0BB2" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="2654185E" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="08B8CC26" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="2536C9D1" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="29B1946F" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="14AF21CA" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="05F002A3" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5221B78D" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="6CC6E3C4" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5A2CD5A3" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="52588A18" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5B3A7175" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="0FC554B3" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="15F36A47" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="70018790" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="6466929C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="58C452E2" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="3DC7CC48" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="29574F43" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="33421B36" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="40365017" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="0CBDD5B4" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="712A2FC3" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="4C65627C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="1548E277" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="2082CB6E" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5530D122" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="7AC98291" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="4AA76154" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="496AA8F2" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="01294DE2" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="4035F1CA" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="6E4BB522" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="290671F5" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="19500F97" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="62920B53" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="20FEFE91" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="41B7AA68" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="321A0FEC" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="655CFD79" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="11B6128A" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="2C334DFC" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="024CDAEC" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="50C46FFF" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5287AD80" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="41ADF275" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="03CFB36E" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="290F3957" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="48B0E815" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="1632F58D" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="5802F533" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="1481BC23" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="416141A3" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="1E944041" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="014C7B5C" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="256AAD33" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="30CFCD6D" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="7907AFCE" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="423F70C6" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="34ED6050" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="11E325F6" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="33F4C213" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="01EE5858" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="6EB151D1" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="4F9C63E4" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="48970D99" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="7AADB9DD" w14:textId="77777777" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383"/>
+    <w:p w14:paraId="6CB4A693" w14:textId="69673CBA" w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidRDefault="00AA0383" w:rsidP="00AA0383">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4170"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EB1E779" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
-[...450 lines deleted...]
-    <w:sectPr w:rsidR="00503894">
+    <w:sectPr w:rsidR="00AA0383" w:rsidRPr="00AA0383" w:rsidSect="001B3D81">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1720" w:right="0" w:bottom="900" w:left="0" w:header="720" w:footer="705" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D9F0FDA" w14:textId="77777777" w:rsidR="00C40DAF" w:rsidRDefault="00C40DAF">
+    <w:p w14:paraId="30259DF2" w14:textId="77777777" w:rsidR="00CD7A94" w:rsidRDefault="00CD7A94" w:rsidP="001B3D81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="096E6F6F" w14:textId="77777777" w:rsidR="00C40DAF" w:rsidRDefault="00C40DAF">
+    <w:p w14:paraId="7A7E9A44" w14:textId="77777777" w:rsidR="00CD7A94" w:rsidRDefault="00CD7A94" w:rsidP="001B3D81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS PGothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Museo Slab 500">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00000AF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Lucida Grande">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4362761B" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+  <w:p w14:paraId="4F8B1A5E" w14:textId="7EEB039E" w:rsidR="005F442F" w:rsidRPr="005F442F" w:rsidRDefault="00A03D8F" w:rsidP="005F442F">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-        <w:sz w:val="20"/>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="5C6670"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-[...126 lines deleted...]
-      </mc:AlternateContent>
+        <w:color w:val="5C6670"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>AUGUST 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="22C01889" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+  <w:p w14:paraId="02BBF79C" w14:textId="1BF0FDA9" w:rsidR="000820AB" w:rsidRPr="002C4AFE" w:rsidRDefault="00A03D8F" w:rsidP="000820AB">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-        <w:sz w:val="20"/>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="5C6670"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-[...126 lines deleted...]
-      </mc:AlternateContent>
+        <w:color w:val="5C6670"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>AUGUST 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1910C7C1" w14:textId="77777777" w:rsidR="00C40DAF" w:rsidRDefault="00C40DAF">
+    <w:p w14:paraId="05840FD2" w14:textId="77777777" w:rsidR="00CD7A94" w:rsidRDefault="00CD7A94" w:rsidP="001B3D81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="315AEFDF" w14:textId="77777777" w:rsidR="00C40DAF" w:rsidRDefault="00C40DAF">
+    <w:p w14:paraId="0DD35172" w14:textId="77777777" w:rsidR="00CD7A94" w:rsidRDefault="00CD7A94" w:rsidP="001B3D81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="13A2A0C7" w14:textId="77777777" w:rsidR="00503894" w:rsidRDefault="00000000">
+  <w:p w14:paraId="6EF1AEBB" w14:textId="77777777" w:rsidR="00CA4561" w:rsidRDefault="00C529C0" w:rsidP="00CA4561">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="left" w:pos="1820"/>
+        <w:tab w:val="left" w:pos="4373"/>
+      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487347200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1283B506" wp14:editId="4B1BE2FD">
-[...7 lines deleted...]
-          <wp:extent cx="1066800" cy="466344"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F16B757" wp14:editId="05845E56">
+          <wp:extent cx="1066800" cy="466725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-[...6 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="4" name="Picture 4" descr="cde_logo_fullColor-emblem"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="8" name="Image 8">
+                  <pic:cNvPr id="0" name="Picture 4" descr="cde_logo_fullColor-emblem"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
-                  </pic:cNvPr>
-[...3 lines deleted...]
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1066800" cy="466344"/>
+                    <a:ext cx="1066800" cy="466725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="48C93FCF" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRDefault="005F442F" w:rsidP="00CA4561">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="left" w:pos="1820"/>
+        <w:tab w:val="left" w:pos="4373"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Waiver Request Guidance for Charter Schools</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA4561" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CA4561" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:b/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00CA4561" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:b/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00CA4561" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:b/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00263983" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidR="00CA4561" w:rsidRPr="00484C50">
+      <w:rPr>
+        <w:b/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6BA1B60C" w14:textId="77777777" w:rsidR="005C2DE1" w:rsidRDefault="00484C50" w:rsidP="001B3D81">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="left" w:pos="4373"/>
+      </w:tabs>
+    </w:pPr>
     <w:r>
-      <w:rPr>
-[...456 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict w14:anchorId="4223BD3E">
+        <v:rect id="_x0000_i1025" style="width:540pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aaa" stroked="f"/>
+      </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="071967A8"/>
+    <w:nsid w:val="FFFFFF1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="46548EF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A5FAE6DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7D54A348"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="46E2A752"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B1AA52C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="160E8E94"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F5509AEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1CB4AF56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FDDEFC1A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5B2AB448"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2E245F22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="066A330A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D1F2B91E"/>
-    <w:lvl w:ilvl="0" w:tplc="31B0BA84">
+    <w:tmpl w:val="DA2A2226"/>
+    <w:lvl w:ilvl="0" w:tplc="96D6FE6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="075505E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D9D69704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D0D263D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8DEF8EA"/>
+    <w:lvl w:ilvl="0" w:tplc="BD04BE5A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="940" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="07409082">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="111"/>
-[...11 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1970" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0F8EFC32">
+    <w:lvl w:ilvl="2" w:tplc="45820F06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="311" w:hanging="111"/>
+        <w:ind w:left="3000" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BBCC2F7C">
+    <w:lvl w:ilvl="3" w:tplc="BF54A75C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="522" w:hanging="111"/>
+        <w:ind w:left="4030" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="155A7440">
+    <w:lvl w:ilvl="4" w:tplc="0E182B3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="733" w:hanging="111"/>
+        <w:ind w:left="5060" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5AD2A9B4">
+    <w:lvl w:ilvl="5" w:tplc="96F2535C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="944" w:hanging="111"/>
+        <w:ind w:left="6090" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ECDAF45E">
+    <w:lvl w:ilvl="6" w:tplc="54408110">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1155" w:hanging="111"/>
+        <w:ind w:left="7120" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6504BB84">
+    <w:lvl w:ilvl="7" w:tplc="B570F73E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1366" w:hanging="111"/>
+        <w:ind w:left="8150" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3E6E6D6C">
+    <w:lvl w:ilvl="8" w:tplc="A1A0FFF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1577" w:hanging="111"/>
+        <w:ind w:left="9180" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5070590A">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25381366"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB5E9228"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28503861"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="540CBA08"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DD25369"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51DCB4DC"/>
+    <w:lvl w:ilvl="0" w:tplc="96D6FE6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="631A286B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17545596"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65152366"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EAC802A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C624616"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="06B22936"/>
+    <w:lvl w:ilvl="0" w:tplc="42EE1C72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletedLevel1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7429157D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="541044D2"/>
+    <w:styleLink w:val="BulletedList2ndLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3060"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4500"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5220"/>
+        </w:tabs>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5940"/>
+        </w:tabs>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6660"/>
+        </w:tabs>
+        <w:ind w:left="6660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74D8665E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5DEC8344"/>
+    <w:lvl w:ilvl="0" w:tplc="12BC222C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="111"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="40FA4C5A">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="111"/>
-[...11 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B03CA190">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="285" w:hanging="111"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97C27D64">
-[...209 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="E2C2DA4A">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1439" w:hanging="360"/>
-[...5 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CCFA49FC">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1660" w:hanging="361"/>
-[...11 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BFBE5B74">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2835" w:hanging="361"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E81613E6">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4011" w:hanging="361"/>
-[...63 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1853572065">
+  <w:num w:numId="1" w16cid:durableId="488061032">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="226457161">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1825394143">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="367486835">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="343438096">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="650911833">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1190337770">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="40374394">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1095982537">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1022241139">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="174809346">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="950404837">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1611626408">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1061292127">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="665591108">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1329823649">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="495075678">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="17" w16cid:durableId="618996700">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1078750940">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="18" w16cid:durableId="1803770832">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1964655887">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="19" w16cid:durableId="761877721">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="104736291">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1474060870">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2043506497">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="742292098">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="987518717">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1997760418">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
+  <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="19458"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00503894"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F80526"/>
+    <w:rsidRoot w:val="003B56C6"/>
+    <w:rsid w:val="00047511"/>
+    <w:rsid w:val="000820AB"/>
+    <w:rsid w:val="000E23EE"/>
+    <w:rsid w:val="00145445"/>
+    <w:rsid w:val="0016257A"/>
+    <w:rsid w:val="001631AD"/>
+    <w:rsid w:val="001A3035"/>
+    <w:rsid w:val="001B3D81"/>
+    <w:rsid w:val="001D6331"/>
+    <w:rsid w:val="00205184"/>
+    <w:rsid w:val="00215D18"/>
+    <w:rsid w:val="00261CAA"/>
+    <w:rsid w:val="00263983"/>
+    <w:rsid w:val="002830D2"/>
+    <w:rsid w:val="00294F34"/>
+    <w:rsid w:val="002A57D5"/>
+    <w:rsid w:val="002C42EF"/>
+    <w:rsid w:val="002C4AFE"/>
+    <w:rsid w:val="002E7CAD"/>
+    <w:rsid w:val="003153CD"/>
+    <w:rsid w:val="003501BC"/>
+    <w:rsid w:val="003B56C6"/>
+    <w:rsid w:val="003E0098"/>
+    <w:rsid w:val="00456DAE"/>
+    <w:rsid w:val="004724D6"/>
+    <w:rsid w:val="00477A75"/>
+    <w:rsid w:val="00484C50"/>
+    <w:rsid w:val="0049200C"/>
+    <w:rsid w:val="00570755"/>
+    <w:rsid w:val="00587027"/>
+    <w:rsid w:val="005C2DE1"/>
+    <w:rsid w:val="005C6480"/>
+    <w:rsid w:val="005F442F"/>
+    <w:rsid w:val="00624562"/>
+    <w:rsid w:val="006A14BE"/>
+    <w:rsid w:val="006D01D2"/>
+    <w:rsid w:val="006E5491"/>
+    <w:rsid w:val="007944E5"/>
+    <w:rsid w:val="007C36FF"/>
+    <w:rsid w:val="007F73F7"/>
+    <w:rsid w:val="008428F4"/>
+    <w:rsid w:val="00846456"/>
+    <w:rsid w:val="009C1758"/>
+    <w:rsid w:val="009D4B39"/>
+    <w:rsid w:val="00A03D8F"/>
+    <w:rsid w:val="00AA0383"/>
+    <w:rsid w:val="00B636B6"/>
+    <w:rsid w:val="00B75D0F"/>
+    <w:rsid w:val="00B849BA"/>
+    <w:rsid w:val="00BA1945"/>
+    <w:rsid w:val="00BA64A3"/>
+    <w:rsid w:val="00BF5460"/>
+    <w:rsid w:val="00C37435"/>
+    <w:rsid w:val="00C529C0"/>
+    <w:rsid w:val="00C679C7"/>
+    <w:rsid w:val="00CA4561"/>
+    <w:rsid w:val="00CD7A94"/>
+    <w:rsid w:val="00D2388A"/>
+    <w:rsid w:val="00EC5B55"/>
+    <w:rsid w:val="00EE3586"/>
+    <w:rsid w:val="00F44F2D"/>
+    <w:rsid w:val="00F634DC"/>
+    <w:rsid w:val="00F82E90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="19458"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="13FD36EC"/>
-  <w15:docId w15:val="{3E3DF9E9-8D72-4007-9146-10F173152479}"/>
+  <w14:docId w14:val="3FB08F4B"/>
+  <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{F9893B90-5840-4368-B10F-0BAA6D3CFA11}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...5 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20962,80 +6156,80 @@
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -21079,59 +6273,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -21192,483 +6377,6612 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00846456"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00846456"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9AA3AC"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="90"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500"/>
+      <w:bCs/>
+      <w:color w:val="5C6670"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00846456"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+      <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableofContentsTitle">
+    <w:name w:val="Table of Contents Title"/>
+    <w:basedOn w:val="Summary"/>
+    <w:next w:val="TOC1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+      <w:color w:val="5C6670"/>
+      <w:sz w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingMuseo">
+    <w:name w:val="Heading Museo"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="1" w:color="9AA3AC"/>
+      </w:pBdr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubheadTrebuchet">
+    <w:name w:val="Subhead Trebuchet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00456DAE"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="TOC2"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:before="1000" w:after="1000"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500"/>
+      <w:color w:val="5C6670"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="64"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
+      <w:color w:val="5C6670"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="64"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PullQuote">
+    <w:name w:val="Pull Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Museo Slab 500" w:hAnsi="Museo Slab 500"/>
+      <w:iCs/>
+      <w:color w:val="9AA3AC"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead">
+    <w:name w:val="Subhead"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SummaryHeadline">
+    <w:name w:val="Summary Headline"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="1" w:color="9AA3AC"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500"/>
+      <w:bCs/>
+      <w:color w:val="5C6670"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5C6670"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="SubheadTrebuchet"/>
+    <w:next w:val="TOC3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-style-span">
+    <w:name w:val="apple-style-span"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00846456"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedLevel1">
+    <w:name w:val="Bulleted Level 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
+    <w:aliases w:val="Body Text Calibri"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:aliases w:val="Body Text Calibri Char"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="BulletedList2ndLevel">
+    <w:name w:val="Bulleted List 2nd Level"/>
+    <w:basedOn w:val="NoList"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="5C6670"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="FFC846"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="488BC9"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="488BC9"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="488BC9"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ECF3F9"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFC846"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="25537E"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="25537E"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="25537E"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="25537E"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B5D0E9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A3C4E4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="5C6670"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="5C6670"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:link w:val="EndnoteText"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Endnotes">
+    <w:name w:val="Endnotes"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="488BC9"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="488BC9"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC846"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFC846"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC846"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="46797A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="46797A"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="46797A"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="454C53"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5C6670"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D5D9DD"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D5D9DD"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="2E689D"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="69962C"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8DC63F"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2F1CF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2F1CF"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00846456"/>
     <w:pPr>
-      <w:ind w:left="1439" w:hanging="360"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A3C4E4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A3C4E4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="5C6670"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="8FC6E8"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="488BC9"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="5C6670"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Trebuchet MS" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="8FC6E8"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="EF7521"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBDCC7"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBDCC7"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="488BC9"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="75A7D6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="75A7D6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D1E2F1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00846456"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="46797A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="67A6A8"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="67A6A8"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDE1E2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDE1E2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dashSmallGap" w:sz="4" w:space="31" w:color="BFBFBF"/>
+      </w:pBdr>
+      <w:spacing w:before="160" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:link w:val="Subtitle"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Summary">
+    <w:name w:val="Summary"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="1189" w:y="3909"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5C6670"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="5C6670"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="SubheadTrebuchet"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="7200"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableReference">
+    <w:name w:val="Table Reference"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableWeb1">
+    <w:name w:val="Table Web 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00846456"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:trPr>
+      <w:tblCellSpacing w:w="20" w:type="dxa"/>
+    </w:trPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="TOC3"/>
+    <w:next w:val="TOC5"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00846456"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="90"/>
+      </w:tabs>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sub">
+    <w:name w:val="sub"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="004724D6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C679C7"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="180"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:color w:val="4E5758"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C679C7"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C679C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C679C7"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="005F442F"/>
     <w:pPr>
-      <w:spacing w:before="1" w:line="242" w:lineRule="exact"/>
-      <w:ind w:left="206"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:line="265" w:lineRule="exact"/>
+      <w:ind w:left="103"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B636B6"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:relyOnVML/>
+  <w:divs>
+    <w:div w:id="269708094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="346753268">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="69620489">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="114758200">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="295531238">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="431896154">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="594752575">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="726563233">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="789475494">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="916018415">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987594710">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1035815472">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1275134980">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1419519433">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1394502298">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers)" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/samplerrp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boarddocs.com/co/cde/Board.nsf/Public" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/report-waiversbycharterschool-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/charterschoolwaiverrequestcoverpage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers)" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers)" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers)" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/choice/comparisonwaiverlaws" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/choice/comparisonwaiverlaws" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/report-waiversbycharterschool-0)" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/charterschoolwaiverrequestcoverpage" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/samplerrp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boarddocs.com/co/cde/Board.nsf/Public" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Skalla_J@CDE.STATE.CO.US" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boarddocs.com/co/cde/Board.nsf/Public" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/samplerrp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cde.state.co.us/choice/comparisonwaiverlaws" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/charterschoolwaiverrequestcoverpage" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/report-waiversbycharterschool-0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cde.state.co.us/cdechart/waivers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/process3" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple3" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{98BE6182-1C52-E248-A7DD-914C468D9172}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="9935" y="-292744"/>
+          <a:ext cx="1681197" cy="878232"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Local District Board Actions During Approval or Renewal</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1F477FDE-98BD-844C-92D8-D3605616AFA0}" type="parTrans" cxnId="{22187B8A-1D05-DE41-9B1B-51E03573A239}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}" type="sibTrans" cxnId="{22187B8A-1D05-DE41-9B1B-51E03573A239}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="1906002" y="-186279"/>
+          <a:ext cx="455522" cy="372559"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:solidFill>
+              <a:sysClr val="window" lastClr="FFFFFF"/>
+            </a:solidFill>
+            <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A4D0973E-E635-CC46-8CAD-7BE19B8B8DCE}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="363847" y="292744"/>
+          <a:ext cx="1585859" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The charter contract or amendment submitted to the authorizing local board of education includes a list of waivers from state statute, state rule, and district policy.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{42D2E3A4-B256-4647-B9B4-01BF9D97FD1A}" type="parTrans" cxnId="{5F76368C-CCC8-0A43-BA9A-132F0A0C5D29}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{302774A3-6F15-AA4F-852C-079AB447FF85}" type="sibTrans" cxnId="{5F76368C-CCC8-0A43-BA9A-132F0A0C5D29}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="2550608" y="-292744"/>
+          <a:ext cx="1651030" cy="878232"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Local District Staff Actions Re: Non-Automatic State Waiver Requests</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{383E5219-77FA-8C42-BF11-3F1466CE7E21}" type="parTrans" cxnId="{46A29DAA-7914-FD4D-B8C7-A31DC82219E5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}" type="sibTrans" cxnId="{46A29DAA-7914-FD4D-B8C7-A31DC82219E5}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="4413891" y="-186279"/>
+          <a:ext cx="449972" cy="372559"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:solidFill>
+              <a:sysClr val="window" lastClr="FFFFFF"/>
+            </a:solidFill>
+            <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D6A885E4-E878-E347-8033-EACEE111CA9A}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="2867358" y="292744"/>
+          <a:ext cx="1630015" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The authorizing district submits the complete charter contract, with signatures, to CDE within 10 days of approval. See www.cde.state.co.us/cdechart/waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5F38DD9D-0DF0-0D47-9E57-8ED216F3B1B7}" type="parTrans" cxnId="{D0315332-6F40-D647-8998-81AB27CCD6A3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3BA8D781-8FE6-274C-A382-6E2EC3C4682D}" type="sibTrans" cxnId="{D0315332-6F40-D647-8998-81AB27CCD6A3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5050645" y="-292744"/>
+          <a:ext cx="1651225" cy="878232"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>CDE Staff Actions</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{45539EF0-47C3-E343-94C8-439DF90F26B1}" type="parTrans" cxnId="{677BDED9-9F6C-9E43-9D12-48D7B629E0F7}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D47EE1FE-0A98-744D-B549-3518A12E2830}" type="sibTrans" cxnId="{677BDED9-9F6C-9E43-9D12-48D7B629E0F7}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{55738BD2-A57B-FD49-9402-7957F2EB309B}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5316280" y="292744"/>
+          <a:ext cx="1694334" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The Schools of Choice Office will review the request and submit it to the State Board for review and approval.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{049BC181-BA4E-2343-A7E0-A03D9C5E6119}" type="parTrans" cxnId="{681FA865-C893-2D48-8087-C65B1C1D8CED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{280508E1-C9DD-3149-A5E0-4A067B42833A}" type="sibTrans" cxnId="{681FA865-C893-2D48-8087-C65B1C1D8CED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1807D5BD-CE2A-F344-B934-845515937BB6}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="363847" y="292744"/>
+          <a:ext cx="1585859" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>There is a rationale for why each non-automatic state waiver was requested and replacement plan for how the charter school will continue to meet the intent of the law.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{66B038BE-10BB-8142-9A35-541A56D7DCED}" type="parTrans" cxnId="{C91BE6CD-7329-2941-A0B2-CA6CDBEB09A0}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E027F962-C97D-3142-8FA9-22D260296033}" type="sibTrans" cxnId="{C91BE6CD-7329-2941-A0B2-CA6CDBEB09A0}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3704FEBC-380C-604F-972C-81AECE18E857}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="363847" y="292744"/>
+          <a:ext cx="1585859" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The local board approves or denies the requests.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{131A169C-F117-604E-990E-410DE7B6C3E6}" type="parTrans" cxnId="{4F659CA2-0AA7-9E4F-AB98-20849C4843F9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CC24A18E-A00A-2143-B0C2-67C2139087DD}" type="sibTrans" cxnId="{4F659CA2-0AA7-9E4F-AB98-20849C4843F9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{55E7F689-C74D-6941-866F-98044BC2B83D}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="2867358" y="292744"/>
+          <a:ext cx="1630015" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The complete charter contract should include: the contract term, a list of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BE51A92F-792F-824B-913E-082B15B6F0D4}" type="parTrans" cxnId="{FD66C0C6-0E16-9644-8C5E-A03489753127}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0AC9D5A4-CDFC-5D49-B16F-F792CC7CEFE1}" type="sibTrans" cxnId="{FD66C0C6-0E16-9644-8C5E-A03489753127}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E276B192-1CFF-6E43-875C-397098057B53}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="2867358" y="292744"/>
+          <a:ext cx="1630015" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The state board of education has 45 days once a complete contract is received to either grant or deny the waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{510DA472-7E87-F94E-B356-EC51F3850DE2}" type="parTrans" cxnId="{B5838AC3-82E9-724E-9F3D-5C0340A71218}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CEF1ED7C-A1ED-9249-90C9-7B43A2B46438}" type="sibTrans" cxnId="{B5838AC3-82E9-724E-9F3D-5C0340A71218}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2DA6E1DC-CF23-CF49-90DC-4923388BCE48}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5316280" y="292744"/>
+          <a:ext cx="1694334" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Once the waiver request is approved by the State Board of Education, the Schools of Choice Office will send an electronic approval letter to the charter school contact and will copy the authorizer using the contact information provided.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A58559A8-E424-914C-B161-C359FAB48B1F}" type="parTrans" cxnId="{2A36EF29-3F46-AC41-90DB-BB8BF8385FB3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{431110EE-01A4-4B46-8A3B-A8410B0F2172}" type="sibTrans" cxnId="{2A36EF29-3F46-AC41-90DB-BB8BF8385FB3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9F499540-2F7C-F945-B177-872158EE4D73}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:xfrm>
+          <a:off x="5316280" y="292744"/>
+          <a:ext cx="1694334" cy="4905375"/>
+        </a:xfrm>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>On its financial transparency webpage, the charter school must include a standarized description of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{74DDB462-C01F-9547-9650-9C93B31EFAA3}" type="parTrans" cxnId="{C8879323-B6D8-7D4F-9580-4D66D3E7DCB2}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F32BA477-D6AA-4045-9ACB-2746AF0374B8}" type="sibTrans" cxnId="{C8879323-B6D8-7D4F-9580-4D66D3E7DCB2}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" type="pres">
+      <dgm:prSet presAssocID="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" presName="linearFlow" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{6673136F-382F-5C4E-ACB8-C5CC64E0B650}" type="pres">
+      <dgm:prSet presAssocID="{98BE6182-1C52-E248-A7DD-914C468D9172}" presName="composite" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{FA569E3F-C804-4549-9A15-E7798B8ED15A}" type="pres">
+      <dgm:prSet presAssocID="{98BE6182-1C52-E248-A7DD-914C468D9172}" presName="parTx" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{FD3CF342-AEA4-9945-BCF7-7860B8755D7C}" type="pres">
+      <dgm:prSet presAssocID="{98BE6182-1C52-E248-A7DD-914C468D9172}" presName="parSh" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custScaleX="122092" custScaleY="102209" custLinFactNeighborX="-663" custLinFactNeighborY="-12863"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{7534FE83-7383-5341-ABDB-7D7180532EF7}" type="pres">
+      <dgm:prSet presAssocID="{98BE6182-1C52-E248-A7DD-914C468D9172}" presName="desTx" presStyleLbl="fgAcc1" presStyleIdx="0" presStyleCnt="3" custScaleX="105875">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{7AA9D014-1CF1-2B4D-8FCA-8BB92B562A84}" type="pres">
+      <dgm:prSet presAssocID="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="2"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F888B071-F3BE-4D44-A392-4E0A9DD9532E}" type="pres">
+      <dgm:prSet presAssocID="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}" presName="connTx" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="2"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F5DEBB55-02A7-CE43-B512-48AD5F9F2617}" type="pres">
+      <dgm:prSet presAssocID="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" presName="composite" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{A49C47AF-8D33-CB48-AA91-7688E4F4B629}" type="pres">
+      <dgm:prSet presAssocID="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" presName="parTx" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{B00E9F89-70B5-8C49-B51D-E41E3F3FFBC8}" type="pres">
+      <dgm:prSet presAssocID="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" presName="parSh" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3" custScaleX="118887" custScaleY="115937" custLinFactNeighborX="7091"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{A659EA00-46F2-1542-BC7F-C161D71A4024}" type="pres">
+      <dgm:prSet presAssocID="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" presName="desTx" presStyleLbl="fgAcc1" presStyleIdx="1" presStyleCnt="3" custScaleX="108823" custLinFactNeighborX="3180" custLinFactNeighborY="8119">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{DC66D078-EED0-E64E-A63D-9C79F519A0EB}" type="pres">
+      <dgm:prSet presAssocID="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="1" presStyleCnt="2"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{79E92157-83E3-E84B-B8E2-566C6FBFFE43}" type="pres">
+      <dgm:prSet presAssocID="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}" presName="connTx" presStyleLbl="sibTrans2D1" presStyleIdx="1" presStyleCnt="2"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{5B0F3770-E184-9A49-B4DA-E838B4B5D16E}" type="pres">
+      <dgm:prSet presAssocID="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" presName="composite" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4D381E37-C295-F94C-8340-2A14B3507AE0}" type="pres">
+      <dgm:prSet presAssocID="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" presName="parTx" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{A06F5A86-6D11-234C-9C7E-D705E38509DF}" type="pres">
+      <dgm:prSet presAssocID="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" presName="parSh" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3" custScaleX="116972" custScaleY="112560" custLinFactNeighborX="-3180"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C03C0764-2474-FD4E-BBD5-0F886887808C}" type="pres">
+      <dgm:prSet presAssocID="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" presName="desTx" presStyleLbl="fgAcc1" presStyleIdx="2" presStyleCnt="3" custScaleX="117116" custLinFactNeighborX="-4452" custLinFactNeighborY="166">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{C5D93F0D-947A-42F4-9164-7358C0C9FFD8}" type="presOf" srcId="{1807D5BD-CE2A-F344-B934-845515937BB6}" destId="{7534FE83-7383-5341-ABDB-7D7180532EF7}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{C8879323-B6D8-7D4F-9580-4D66D3E7DCB2}" srcId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" destId="{9F499540-2F7C-F945-B177-872158EE4D73}" srcOrd="2" destOrd="0" parTransId="{74DDB462-C01F-9547-9650-9C93B31EFAA3}" sibTransId="{F32BA477-D6AA-4045-9ACB-2746AF0374B8}"/>
+    <dgm:cxn modelId="{EA39B025-999E-47BB-A19A-0C0EF51523B0}" type="presOf" srcId="{55E7F689-C74D-6941-866F-98044BC2B83D}" destId="{A659EA00-46F2-1542-BC7F-C161D71A4024}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{2A36EF29-3F46-AC41-90DB-BB8BF8385FB3}" srcId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" destId="{2DA6E1DC-CF23-CF49-90DC-4923388BCE48}" srcOrd="1" destOrd="0" parTransId="{A58559A8-E424-914C-B161-C359FAB48B1F}" sibTransId="{431110EE-01A4-4B46-8A3B-A8410B0F2172}"/>
+    <dgm:cxn modelId="{D0315332-6F40-D647-8998-81AB27CCD6A3}" srcId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" destId="{D6A885E4-E878-E347-8033-EACEE111CA9A}" srcOrd="0" destOrd="0" parTransId="{5F38DD9D-0DF0-0D47-9E57-8ED216F3B1B7}" sibTransId="{3BA8D781-8FE6-274C-A382-6E2EC3C4682D}"/>
+    <dgm:cxn modelId="{710C9A34-2691-4F6F-944A-EBE4C240AD57}" type="presOf" srcId="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}" destId="{7AA9D014-1CF1-2B4D-8FCA-8BB92B562A84}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{681FA865-C893-2D48-8087-C65B1C1D8CED}" srcId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" destId="{55738BD2-A57B-FD49-9402-7957F2EB309B}" srcOrd="0" destOrd="0" parTransId="{049BC181-BA4E-2343-A7E0-A03D9C5E6119}" sibTransId="{280508E1-C9DD-3149-A5E0-4A067B42833A}"/>
+    <dgm:cxn modelId="{1631C367-D6DC-479E-A23A-01FAECD67592}" type="presOf" srcId="{A4D0973E-E635-CC46-8CAD-7BE19B8B8DCE}" destId="{7534FE83-7383-5341-ABDB-7D7180532EF7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{06D5CA47-6B70-48DC-8458-AB812AFF4C63}" type="presOf" srcId="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}" destId="{DC66D078-EED0-E64E-A63D-9C79F519A0EB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{6CFC7A54-3FAB-471F-B0D3-246CBACDF8D4}" type="presOf" srcId="{2DA6E1DC-CF23-CF49-90DC-4923388BCE48}" destId="{C03C0764-2474-FD4E-BBD5-0F886887808C}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{5CCF2459-48CC-4769-AC4C-0C975AD2CB7F}" type="presOf" srcId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" destId="{A49C47AF-8D33-CB48-AA91-7688E4F4B629}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{F6C8DF88-BDC5-490A-95B3-275BAEBEFD5C}" type="presOf" srcId="{98BE6182-1C52-E248-A7DD-914C468D9172}" destId="{FD3CF342-AEA4-9945-BCF7-7860B8755D7C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{22187B8A-1D05-DE41-9B1B-51E03573A239}" srcId="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" destId="{98BE6182-1C52-E248-A7DD-914C468D9172}" srcOrd="0" destOrd="0" parTransId="{1F477FDE-98BD-844C-92D8-D3605616AFA0}" sibTransId="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}"/>
+    <dgm:cxn modelId="{5F76368C-CCC8-0A43-BA9A-132F0A0C5D29}" srcId="{98BE6182-1C52-E248-A7DD-914C468D9172}" destId="{A4D0973E-E635-CC46-8CAD-7BE19B8B8DCE}" srcOrd="0" destOrd="0" parTransId="{42D2E3A4-B256-4647-B9B4-01BF9D97FD1A}" sibTransId="{302774A3-6F15-AA4F-852C-079AB447FF85}"/>
+    <dgm:cxn modelId="{CF5DD196-65B8-41A5-8851-31E6091880EC}" type="presOf" srcId="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" destId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{4F659CA2-0AA7-9E4F-AB98-20849C4843F9}" srcId="{98BE6182-1C52-E248-A7DD-914C468D9172}" destId="{3704FEBC-380C-604F-972C-81AECE18E857}" srcOrd="2" destOrd="0" parTransId="{131A169C-F117-604E-990E-410DE7B6C3E6}" sibTransId="{CC24A18E-A00A-2143-B0C2-67C2139087DD}"/>
+    <dgm:cxn modelId="{46A29DAA-7914-FD4D-B8C7-A31DC82219E5}" srcId="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" destId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" srcOrd="1" destOrd="0" parTransId="{383E5219-77FA-8C42-BF11-3F1466CE7E21}" sibTransId="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}"/>
+    <dgm:cxn modelId="{AD35E9B6-C7CE-4146-9983-65CD86B875CF}" type="presOf" srcId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" destId="{B00E9F89-70B5-8C49-B51D-E41E3F3FFBC8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{DBDF24C2-B850-4373-8B07-1BA2D2E6700C}" type="presOf" srcId="{55738BD2-A57B-FD49-9402-7957F2EB309B}" destId="{C03C0764-2474-FD4E-BBD5-0F886887808C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{B5838AC3-82E9-724E-9F3D-5C0340A71218}" srcId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" destId="{E276B192-1CFF-6E43-875C-397098057B53}" srcOrd="2" destOrd="0" parTransId="{510DA472-7E87-F94E-B356-EC51F3850DE2}" sibTransId="{CEF1ED7C-A1ED-9249-90C9-7B43A2B46438}"/>
+    <dgm:cxn modelId="{B24D65C5-4991-4E63-BE78-3DACE224AF24}" type="presOf" srcId="{E276B192-1CFF-6E43-875C-397098057B53}" destId="{A659EA00-46F2-1542-BC7F-C161D71A4024}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{FD66C0C6-0E16-9644-8C5E-A03489753127}" srcId="{34A0C4A6-D89B-344D-A8B1-A581B2D94CA7}" destId="{55E7F689-C74D-6941-866F-98044BC2B83D}" srcOrd="1" destOrd="0" parTransId="{BE51A92F-792F-824B-913E-082B15B6F0D4}" sibTransId="{0AC9D5A4-CDFC-5D49-B16F-F792CC7CEFE1}"/>
+    <dgm:cxn modelId="{CBA0A7CD-0F9C-4EA0-A89A-9AA816811BFD}" type="presOf" srcId="{3CFB76B9-6FC2-7044-AABE-78C9C204BB9D}" destId="{F888B071-F3BE-4D44-A392-4E0A9DD9532E}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{C91BE6CD-7329-2941-A0B2-CA6CDBEB09A0}" srcId="{98BE6182-1C52-E248-A7DD-914C468D9172}" destId="{1807D5BD-CE2A-F344-B934-845515937BB6}" srcOrd="1" destOrd="0" parTransId="{66B038BE-10BB-8142-9A35-541A56D7DCED}" sibTransId="{E027F962-C97D-3142-8FA9-22D260296033}"/>
+    <dgm:cxn modelId="{87737DCF-4AE7-44C1-B681-A2B8773A58B6}" type="presOf" srcId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" destId="{A06F5A86-6D11-234C-9C7E-D705E38509DF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{677BDED9-9F6C-9E43-9D12-48D7B629E0F7}" srcId="{C3754C97-1FB9-7947-A748-4F985C7BA19A}" destId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" srcOrd="2" destOrd="0" parTransId="{45539EF0-47C3-E343-94C8-439DF90F26B1}" sibTransId="{D47EE1FE-0A98-744D-B549-3518A12E2830}"/>
+    <dgm:cxn modelId="{282F6CDE-CF3C-45B7-A73D-1A8DD05E36D1}" type="presOf" srcId="{98BE6182-1C52-E248-A7DD-914C468D9172}" destId="{FA569E3F-C804-4549-9A15-E7798B8ED15A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{217623ED-AE51-425D-A1A4-CEF9CA4481F3}" type="presOf" srcId="{D6A885E4-E878-E347-8033-EACEE111CA9A}" destId="{A659EA00-46F2-1542-BC7F-C161D71A4024}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{409241F6-E45E-4429-877F-612232EEAA06}" type="presOf" srcId="{9F499540-2F7C-F945-B177-872158EE4D73}" destId="{C03C0764-2474-FD4E-BBD5-0F886887808C}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{A668D6F8-8247-4B66-949C-1D8CCE441B96}" type="presOf" srcId="{3704FEBC-380C-604F-972C-81AECE18E857}" destId="{7534FE83-7383-5341-ABDB-7D7180532EF7}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{8E0DCEFB-580C-444E-BF2A-0C0B3CB26D6C}" type="presOf" srcId="{C37F0A34-BCCF-FF42-9134-43B8A76E2ADE}" destId="{4D381E37-C295-F94C-8340-2A14B3507AE0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{D8E4D4FB-1595-48DC-9D92-FBAB58034206}" type="presOf" srcId="{6AB4745B-8653-B543-BB9A-773CB6EF3BC5}" destId="{79E92157-83E3-E84B-B8E2-566C6FBFFE43}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{BAB732FC-03EB-41DB-B515-5BD6223DD730}" type="presParOf" srcId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" destId="{6673136F-382F-5C4E-ACB8-C5CC64E0B650}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{DE556E6F-7627-47B9-99BA-790DEDFB019F}" type="presParOf" srcId="{6673136F-382F-5C4E-ACB8-C5CC64E0B650}" destId="{FA569E3F-C804-4549-9A15-E7798B8ED15A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{BD7AC3F0-4956-47B9-84FB-8B229EB34C6F}" type="presParOf" srcId="{6673136F-382F-5C4E-ACB8-C5CC64E0B650}" destId="{FD3CF342-AEA4-9945-BCF7-7860B8755D7C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{90D60300-30F8-4482-A54A-D211FA320264}" type="presParOf" srcId="{6673136F-382F-5C4E-ACB8-C5CC64E0B650}" destId="{7534FE83-7383-5341-ABDB-7D7180532EF7}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{EC152144-B34D-40BC-8402-4F02CF111837}" type="presParOf" srcId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" destId="{7AA9D014-1CF1-2B4D-8FCA-8BB92B562A84}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{57E6FBC4-C912-4BC7-8DA5-9826C50C67EE}" type="presParOf" srcId="{7AA9D014-1CF1-2B4D-8FCA-8BB92B562A84}" destId="{F888B071-F3BE-4D44-A392-4E0A9DD9532E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{DA34056D-639A-44CF-9B21-27833B85152A}" type="presParOf" srcId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" destId="{F5DEBB55-02A7-CE43-B512-48AD5F9F2617}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{0E4AE5D1-0565-4164-A277-0B41C1936C01}" type="presParOf" srcId="{F5DEBB55-02A7-CE43-B512-48AD5F9F2617}" destId="{A49C47AF-8D33-CB48-AA91-7688E4F4B629}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{45BD4752-D25C-4BEC-80B2-F149816BE541}" type="presParOf" srcId="{F5DEBB55-02A7-CE43-B512-48AD5F9F2617}" destId="{B00E9F89-70B5-8C49-B51D-E41E3F3FFBC8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{96BFE7E8-664A-42CF-9E15-3F60937AFF96}" type="presParOf" srcId="{F5DEBB55-02A7-CE43-B512-48AD5F9F2617}" destId="{A659EA00-46F2-1542-BC7F-C161D71A4024}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{A7717BB5-137C-46A7-AD9A-7C7E2B41CE8B}" type="presParOf" srcId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" destId="{DC66D078-EED0-E64E-A63D-9C79F519A0EB}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{4614A432-190E-4DA8-9E3A-B8D433E529C4}" type="presParOf" srcId="{DC66D078-EED0-E64E-A63D-9C79F519A0EB}" destId="{79E92157-83E3-E84B-B8E2-566C6FBFFE43}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{6683F42A-D1B1-41C7-B316-9770B4CBFEB7}" type="presParOf" srcId="{5A69F58B-AF04-4F4E-8442-5B340E286957}" destId="{5B0F3770-E184-9A49-B4DA-E838B4B5D16E}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{48A8BFE9-3AFF-43C8-BB18-86E39C0C4904}" type="presParOf" srcId="{5B0F3770-E184-9A49-B4DA-E838B4B5D16E}" destId="{4D381E37-C295-F94C-8340-2A14B3507AE0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{0F120BB3-F26C-42FF-AC1D-CC255D06A29C}" type="presParOf" srcId="{5B0F3770-E184-9A49-B4DA-E838B4B5D16E}" destId="{A06F5A86-6D11-234C-9C7E-D705E38509DF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+    <dgm:cxn modelId="{0D93354D-0C56-482E-BEDB-41C6B641BDC9}" type="presParOf" srcId="{5B0F3770-E184-9A49-B4DA-E838B4B5D16E}" destId="{C03C0764-2474-FD4E-BBD5-0F886887808C}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process3"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId16" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{FD3CF342-AEA4-9945-BCF7-7860B8755D7C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="-342189"/>
+          <a:ext cx="1718764" cy="1032144"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:gradFill rotWithShape="0">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+        <a:scene3d>
+          <a:camera prst="orthographicFront"/>
+          <a:lightRig rig="flat" dir="t"/>
+        </a:scene3d>
+        <a:sp3d prstMaterial="dkEdge">
+          <a:bevelT w="8200" h="38100"/>
+        </a:sp3d>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="41910" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Local District Board Actions During Approval or Renewal</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="0" y="-342189"/>
+        <a:ext cx="1718764" cy="688096"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{7534FE83-7383-5341-ABDB-7D7180532EF7}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="406917" y="342189"/>
+          <a:ext cx="1490468" cy="4829175"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="78232" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The charter contract or amendment submitted to the authorizing local board of education includes a list of waivers from state statute, state rule, and district policy.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>There is a rationale for why each non-automatic state waiver was requested and replacement plan for how the charter school will continue to meet the intent of the law.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The local board approves or denies the requests.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="450571" y="385843"/>
+        <a:ext cx="1403160" cy="4741867"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{7AA9D014-1CF1-2B4D-8FCA-8BB92B562A84}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="15538">
+          <a:off x="1929563" y="-167369"/>
+          <a:ext cx="446901" cy="350149"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 60000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:gradFill rotWithShape="0">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US" sz="1100" kern="1200">
+            <a:solidFill>
+              <a:sysClr val="window" lastClr="FFFFFF"/>
+            </a:solidFill>
+            <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1929564" y="-97576"/>
+        <a:ext cx="341856" cy="210089"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{B00E9F89-70B5-8C49-B51D-E41E3F3FFBC8}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2561967" y="-374738"/>
+          <a:ext cx="1673646" cy="1164225"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:gradFill rotWithShape="0">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+        <a:scene3d>
+          <a:camera prst="orthographicFront"/>
+          <a:lightRig rig="flat" dir="t"/>
+        </a:scene3d>
+        <a:sp3d prstMaterial="dkEdge">
+          <a:bevelT w="8200" h="38100"/>
+        </a:sp3d>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="41910" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Local District Staff Actions Re: Non-Automatic State Waiver Requests</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2561967" y="-374738"/>
+        <a:ext cx="1673646" cy="776150"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{A659EA00-46F2-1542-BC7F-C161D71A4024}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2865570" y="374738"/>
+          <a:ext cx="1531968" cy="4829175"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="78232" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The authorizing district submits the complete charter contract, with signatures, to CDE within 10 days of approval. See www.cde.state.co.us/cdechart/waivers.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The complete charter contract should include: the contract term, a list of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The state board of education has 45 days once a complete contract is received to either grant or deny the waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2910440" y="419608"/>
+        <a:ext cx="1442228" cy="4739435"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{DC66D078-EED0-E64E-A63D-9C79F519A0EB}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="21595518">
+          <a:off x="4394900" y="-163257"/>
+          <a:ext cx="337689" cy="350149"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 60000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:gradFill rotWithShape="0">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="accent1">
+                <a:tint val="60000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US" sz="1100" kern="1200">
+            <a:solidFill>
+              <a:sysClr val="window" lastClr="FFFFFF"/>
+            </a:solidFill>
+            <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4394900" y="-93161"/>
+        <a:ext cx="236382" cy="210089"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{A06F5A86-6D11-234C-9C7E-D705E38509DF}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4872763" y="-360361"/>
+          <a:ext cx="1646687" cy="1112106"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:gradFill rotWithShape="0">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+        <a:scene3d>
+          <a:camera prst="orthographicFront"/>
+          <a:lightRig rig="flat" dir="t"/>
+        </a:scene3d>
+        <a:sp3d prstMaterial="dkEdge">
+          <a:bevelT w="8200" h="38100"/>
+        </a:sp3d>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="41910" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>CDE Staff Actions</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4872763" y="-360361"/>
+        <a:ext cx="1646687" cy="741404"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{C03C0764-2474-FD4E-BBD5-0F886887808C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="5141664" y="360361"/>
+          <a:ext cx="1648714" cy="4829175"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:alpha val="90000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="78232" tIns="78232" rIns="78232" bIns="78232" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>The Schools of Choice Office will review the request and submit it to the State Board for review and approval.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Once the waiver request is approved by the State Board of Education, the Schools of Choice Office will send an electronic approval letter to the charter school contact and will copy the authorizer using the contact information provided.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200">
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>On its financial transparency webpage, the charter school must include a standarized description of all the automatic waivers being invoked, a list of all the non-automatic waivers the school is requesting, and a RRP for each of the requested non-automatic waivers.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="5189953" y="408650"/>
+        <a:ext cx="1552136" cy="4732597"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/process3">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="2000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="31">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="12" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="34" srcId="3" destId="31" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="13" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="31">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="41">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="13" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="33" srcId="3" destId="31" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="43" srcId="4" destId="41" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="linearFlow">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name0">
+      <dgm:if name="Name1" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name2">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+      <dgm:constr type="w" for="ch" ptType="sibTrans" refType="w" refFor="ch" refForName="composite" fact="0.3333"/>
+      <dgm:constr type="w" for="des" forName="parTx"/>
+      <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+      <dgm:constr type="h" for="des" forName="parSh" op="equ"/>
+      <dgm:constr type="w" for="des" forName="desTx"/>
+      <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+      <dgm:constr type="w" for="des" forName="parSh"/>
+      <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+      <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+      <dgm:constr type="primFontSz" for="des" forName="connTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.8"/>
+      <dgm:constr type="primFontSz" for="des" forName="connTx" refType="primFontSz" refFor="des" refForName="parTx" op="lte" fact="0.8"/>
+      <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.8"/>
+      <dgm:constr type="h" for="des" forName="parSh" refType="primFontSz" refFor="des" refForName="parTx" fact="1.2"/>
+      <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.6"/>
+      <dgm:constr type="h" for="des" forName="parSh" refType="h" refFor="des" refForName="parTx" op="lte" fact="1.5"/>
+      <dgm:constr type="h" for="des" forName="parSh" refType="h" refFor="des" refForName="parTx" op="gte" fact="1.5"/>
+    </dgm:constrLst>
+    <dgm:ruleLst>
+      <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+      <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+    </dgm:ruleLst>
+    <dgm:forEach name="Name3" axis="ch" ptType="node">
+      <dgm:layoutNode name="composite">
+        <dgm:alg type="composite"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:choose name="Name4">
+          <dgm:if name="Name5" func="var" arg="dir" op="equ" val="norm">
+            <dgm:constrLst>
+              <dgm:constr type="h" refType="w" fact="1000"/>
+              <dgm:constr type="l" for="ch" forName="parTx"/>
+              <dgm:constr type="w" for="ch" forName="parTx" refType="w" fact="0.83"/>
+              <dgm:constr type="t" for="ch" forName="parTx"/>
+              <dgm:constr type="l" for="ch" forName="parSh"/>
+              <dgm:constr type="w" for="ch" forName="parSh" refType="w" refFor="ch" refForName="parTx"/>
+              <dgm:constr type="t" for="ch" forName="parSh"/>
+              <dgm:constr type="l" for="ch" forName="desTx" refType="w" fact="0.17"/>
+              <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx"/>
+              <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:else name="Name6">
+            <dgm:constrLst>
+              <dgm:constr type="h" refType="w" fact="1000"/>
+              <dgm:constr type="l" for="ch" forName="parTx" refType="w" fact="0.17"/>
+              <dgm:constr type="w" for="ch" forName="parTx" refType="w" fact="0.83"/>
+              <dgm:constr type="t" for="ch" forName="parTx"/>
+              <dgm:constr type="l" for="ch" forName="parSh" refType="w" fact="0.15"/>
+              <dgm:constr type="w" for="ch" forName="parSh" refType="w" refFor="ch" refForName="parTx"/>
+              <dgm:constr type="t" for="ch" forName="parSh"/>
+              <dgm:constr type="l" for="ch" forName="desTx"/>
+              <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx"/>
+              <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx"/>
+            </dgm:constrLst>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:ruleLst>
+          <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:layoutNode name="parTx">
+          <dgm:varLst>
+            <dgm:chMax val="0"/>
+            <dgm:chPref val="0"/>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx">
+            <dgm:param type="parTxLTRAlign" val="l"/>
+            <dgm:param type="parTxRTLAlign" val="r"/>
+            <dgm:param type="txAnchorVert" val="t"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" zOrderOff="1" hideGeom="1">
+            <dgm:adjLst>
+              <dgm:adj idx="1" val="0.1"/>
+            </dgm:adjLst>
+          </dgm:shape>
+          <dgm:presOf axis="self" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="h"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="parSh">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst>
+              <dgm:adj idx="1" val="0.1"/>
+            </dgm:adjLst>
+          </dgm:shape>
+          <dgm:presOf axis="self" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="h"/>
+          </dgm:constrLst>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="desTx" styleLbl="fgAcc1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx">
+            <dgm:param type="stBulletLvl" val="1"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst>
+              <dgm:adj idx="1" val="0.1"/>
+            </dgm:adjLst>
+          </dgm:shape>
+          <dgm:presOf axis="des" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="secFontSz" val="65"/>
+            <dgm:constr type="primFontSz" refType="secFontSz"/>
+            <dgm:constr type="h"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="sibTransForEach" axis="followSib" ptType="sibTrans" cnt="1">
+        <dgm:layoutNode name="sibTrans">
+          <dgm:alg type="conn">
+            <dgm:param type="begPts" val="auto"/>
+            <dgm:param type="endPts" val="auto"/>
+            <dgm:param type="srcNode" val="parTx"/>
+            <dgm:param type="dstNode" val="parTx"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="self"/>
+          <dgm:constrLst>
+            <dgm:constr type="h" refType="w" fact="0.62"/>
+            <dgm:constr type="connDist"/>
+            <dgm:constr type="begPad" refType="connDist" fact="0.25"/>
+            <dgm:constr type="endPad" refType="connDist" fact="0.22"/>
+          </dgm:constrLst>
+          <dgm:ruleLst/>
+          <dgm:layoutNode name="connTx">
+            <dgm:alg type="tx">
+              <dgm:param type="autoTxRot" val="grav"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="" hideGeom="1">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="self"/>
+            <dgm:constrLst>
+              <dgm:constr type="lMarg"/>
+              <dgm:constr type="rMarg"/>
+              <dgm:constr type="tMarg"/>
+              <dgm:constr type="bMarg"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=word/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple3">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10300"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="dk1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="flat" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d prstMaterial="dkEdge">
+      <a:bevelT w="8200" h="38100"/>
+    </dgm:sp3d>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA8E2E96-C1C7-4E68-8DED-DD9D87FBB6A7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C455310D-C62E-4652-9316-1F87FFB75C07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13628</Characters>
+  <Pages>8</Pages>
+  <Words>2331</Words>
+  <Characters>13287</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-  <Lines>113</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>110</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Document Title</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Colorado State Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15987</CharactersWithSpaces>
+  <CharactersWithSpaces>15587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="78" baseType="variant">
+      <vt:variant>
+        <vt:i4>2097173</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Urgiles_Rodriguez_P@cde.state.co.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7602235</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/choice/comparisonwaiverlaws</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262232</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/choice/charterwaiverfactsheet</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621559</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cde.state.co.us/cdechart/charterschoolwaiverrequestcoverpage</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131154</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/cdechart/charterschoolwaiveraddendum</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196697</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/cdechart/waivers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4980825</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.boarddocs.com/co/cde/Board.nsf/Public</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276904</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cde.state.co.us/cdechart/waivers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276904</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cde.state.co.us/cdechart/waivers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327701</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/cdechart/report-waiversbycharterschool-0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5177421</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cde.state.co.us/sites/default/files/docs/choice/Automatic Waivers for Charter Schools.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276904</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cde.state.co.us/cdechart/waivers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769499</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cde.state.co.us/cdechart/waivers)</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Document Title</dc:title>
+  <dc:subject/>
   <dc:creator>Beth Hunter</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...18 lines deleted...]
-</file>