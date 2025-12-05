--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -1,70 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Accommodations\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BBCABD8-0C1A-472E-A229-4AD4C4B716B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8271BBCD-1ED1-4998-9A6D-9A98065538FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026 Accomm Crosswalk" sheetId="2" r:id="rId1"/>
     <sheet name="CMAS" sheetId="3" r:id="rId2"/>
     <sheet name="CoAlt" sheetId="4" r:id="rId3"/>
     <sheet name="ACCESS" sheetId="6" state="hidden" r:id="rId4"/>
     <sheet name="WIDA ACCESS" sheetId="10" r:id="rId5"/>
     <sheet name="Alternate ACCESS" sheetId="11" r:id="rId6"/>
     <sheet name="PSAT-SAT" sheetId="7" r:id="rId7"/>
     <sheet name="NAEP" sheetId="9" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025-2026 Accomm Crosswalk'!$A$2:$XFB$59</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">ACCESS!$A$2:$G$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Alternate ACCESS'!$A$4:$D$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">CMAS!$A$4:$H$48</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">CoAlt!$A$3:$G$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">NAEP!$A$2:$G$38</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'WIDA ACCESS'!$A$4:$G$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -87,51 +88,51 @@
     <author>tc={0470DF10-63AF-4BED-944A-C220C0432CD1}</author>
   </authors>
   <commentList>
     <comment ref="A65" authorId="0" shapeId="0" xr:uid="{44C3D9DD-02B0-4C89-A4BF-DC8BDAFBAFFD}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     I added a separated section for EL Supports</t>
       </text>
     </comment>
     <comment ref="A72" authorId="1" shapeId="0" xr:uid="{0470DF10-63AF-4BED-944A-C220C0432CD1}">
       <text>
         <t xml:space="preserve">[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     I added this row for SAA’s. The list of available SAA’s is extensive, and I don’t want to confuse people. We should put guidance in the comments that if a student has an IEP/504, they should use the CB approved accommodation lane.
 </t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1263" uniqueCount="484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1270" uniqueCount="485">
   <si>
     <t>Requires IEP</t>
   </si>
   <si>
     <t>No Plan Needed</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>Color Contrast</t>
   </si>
   <si>
     <t>Braille</t>
   </si>
   <si>
     <t>Magnification</t>
   </si>
   <si>
     <t>Color Overlay</t>
   </si>
   <si>
     <t>Invert Color Choice</t>
   </si>
   <si>
@@ -2177,110 +2178,50 @@
       <t xml:space="preserve"> = Speaking,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> W </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>= Writing</t>
     </r>
   </si>
   <si>
-    <r>
-[...58 lines deleted...]
-  <si>
     <t>Presentation, Timing/Scheduling</t>
   </si>
   <si>
     <t>Presenation</t>
   </si>
   <si>
     <t>Specified Seating</t>
   </si>
   <si>
     <t>Small Group (includes 1:1)</t>
   </si>
   <si>
     <t>Collin Bonner at bonner_c@cde.state.co.us or Arti Sachdeva at sachdeva_a@cde.state.co.us</t>
   </si>
   <si>
     <t>District UAR</t>
   </si>
   <si>
     <t>CoAlt: Science and Social Studies
 (IEP Required)</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
@@ -2298,1691 +2239,920 @@
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="5" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>X</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="5" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Contact CDE</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-    </r>
+    <t>Test Format - Grades 1-12 Computer-based testing is available to all students. Paper-based testing requires an IEP/504 Plan</t>
+  </si>
+  <si>
+    <t>Supervised break</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
-        <color theme="5" tint="-0.249977111117893"/>
-[...16 lines deleted...]
-    </r>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Paper</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>Linguistic Accommodations are not available on English language proficiency assessments</t>
+  </si>
+  <si>
+    <t>Spoken Response: Human Scribe - ELA/CSLA Constructed Response Items</t>
+  </si>
+  <si>
+    <t>Spoken Response: Human Scribe - ELA/CSLA Selected Response Items</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">3 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Completed request and evidence supporting the need due to a student's long-term illness, disability, or extended interruption in testing must be approved by CDE. Written request and supporting evidence is due to the CDE Assessment Division by</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> December 1, 2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. </t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
-        <color theme="5"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Blue</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>text</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">indicates requirement of a CDE-approved Unique Accommodation Request (UAR) prior to assignment. Completed CDE UAR documentation must be reviewed and approved by CDE Assessment. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Documentation is due to CDE by December 15, 2025.</t>
+    </r>
+  </si>
+  <si>
+    <t>CMAS:  Math, ELA, Science, and Social Studies</t>
+  </si>
+  <si>
+    <t>Noise Buffers/Noise-Cancelling Headphones</t>
+  </si>
+  <si>
+    <t>Separate or Alternate Testing Location</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Indicate on PNP in Educator Portal </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <u/>
         <sz val="11"/>
-        <color theme="1"/>
-[...5 lines deleted...]
-    </r>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>BEFORE</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Testing</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">L,S </t>
+  </si>
+  <si>
+    <t>L,R,S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAR </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color rgb="FFC92B11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
-[...10 lines deleted...]
-        <scheme val="minor"/>
+      </rPr>
+      <t>UAR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
-    <r>
-[...34 lines deleted...]
-    <t>Supervised break</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Paper-based testing is an accommodation that requires documentation that connects the student's disability and the ability to access the test on the student's IEP/504 Plan. The paper-based assessment is only available for students who cannot access the digital assessment or whose identified accommodation requires paper as the mode of access.</t>
+    </r>
+  </si>
+  <si>
+    <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color rgb="FFC92B11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>Paper</t>
+      <t>W</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
+        <color theme="5" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+  </si>
+  <si>
+    <t>W, S</t>
+  </si>
+  <si>
+    <t>L, R, S, W</t>
+  </si>
+  <si>
+    <t>https://wida.wisc.edu/sites/default/files/resource/Accessibility-Accommodations-Manual.pdf</t>
+  </si>
+  <si>
+    <t>Reference the WIDA ACCESS Online Accommodations Checklist:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://wida.wisc.edu/sites/default/files/resource/ACCESS-Online-Accommodations-Checklist.pdf  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://wida.wisc.edu/sites/default/files/resource/ACCESS-Paper-Accommodations-Checklist.pdf </t>
+  </si>
+  <si>
+    <t>Reference the WIDA ACCESS Paper Accommodations Checklist:</t>
+  </si>
+  <si>
+    <r>
+      <t>Extended Time (complete one unit in a day) ELA and Math ONLY</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 8, 9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Math Charts and Counters</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Stop-the-Clock/Multiple Breaks</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8, 9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Signed Presentation script for CBT may be appropriate for students who require lip reading to access auditory presentation. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Students with a medical condition which requires intervention during testing should follow the instructions for "became ill during testing".</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>9</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Testing session must be completed within one school day.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>District Unique Accommodations Requests require documentation and approval from the district.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">12 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Responses in Spanish are part of the test design for CSLA.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The paper-based assessment is an accommodation that requires a disability that directly connects to the inability to access the digital assessment as documented on the IEP or 504 plan.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Assistive Technology</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">3 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(e.g., adaptive keyboard, screen reader, switch, etc.)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Students may have allowable accommodations listed for ELA/Math, Science, or Social Studies, however they are not tracked individually in Educator Portal or in PearsonAccess</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>next</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Accommodation field is not reflected in PearsonAccess</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>next</t>
+    </r>
+  </si>
+  <si>
+    <t>WIDA ACCESS</t>
+  </si>
+  <si>
+    <t>Visual Discriptors (visually impaired)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The Assistive Technology accommodation is only assigned when students require use of devices that require the Assistive Technology form for device compatability. Do not select for traditional high-tech assistive technology used in the classroom. Do not select for students using ACC, speech-to-text, hearing aids, etc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Students will not have access to the appropriate accessibility feature or accommodation if this information is not indicated in PA</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>next</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> prior to testing.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Students testing online use TTS, not a human reader with a script.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Contact CDE Assessment regarding ELA/CSLA. </t>
+    </r>
     <r>
       <rPr>
         <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Reminder</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Any modification of the assessment is a misadministration and will result in an invalid score.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
-        <rFont val="Calibri"/>
-[...14 lines deleted...]
-  <si>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>If indicated in PA</t>
+    </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">3 </t>
-[...9 lines deleted...]
-      <t>Completed request and evidence supporting the need due to a student's long-term illness, disability, or extended interruption in testing must be approved by CDE. Written request and supporting evidence is due to the CDE Assessment Division by</t>
+      <t>next</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> by</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> December 1, 2025.</t>
-[...15 lines deleted...]
-        <b/>
+      <t xml:space="preserve"> January 30, 2026</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, materials are received automatically. If indicated after this date, place an additional order during the Additional Orders Window.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>If a student uses a device to monitor a medical condition, the student may have the device in the testing environment. Place the device in the environment so the Test Administrator and the student can see the device (refer to 2.3.7 in the 2026</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
-        <u/>
-[...10 lines deleted...]
-        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Spring CMAS and CoAlt</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="11"/>
-        <color rgb="FF0070C0"/>
-[...86 lines deleted...]
-        <b/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Procedures Manual</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>).</t>
+    </r>
+  </si>
+  <si>
+    <t>Requires IEP or 504</t>
+  </si>
+  <si>
+    <t>Notepad in TestNav (CBT)/Scratch Paper</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Low-Vision Devices (CCTV, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">magnifying glass, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">etc.) (PBT) </t>
+    </r>
+  </si>
+  <si>
+    <t>Spell Check Device -  ELA (PBT ONLY as spell check is automatically included in CBT), Science (CBT or PBT)</t>
+  </si>
+  <si>
+    <r>
+      <t>Word Prediction (second device required for use cannot connect to internet)</t>
+    </r>
+    <r>
+      <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-[...1236 lines deleted...]
-        <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>14</t>
     </r>
   </si>
   <si>
     <t>Indicate through Online Transcription Form for Reporting</t>
-  </si>
-[...61 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Note(s):</t>
   </si>
   <si>
     <t>Spanish Only</t>
   </si>
   <si>
     <r>
       <t>Standard Print PBT</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>5</t>
     </r>
   </si>
   <si>
     <r>
@@ -4413,86 +3583,50 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>College Board-approved Accommodation</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Students approved for this accommodation will take the full test (Reading/Writing and Math), but will use Bluebook's embedded TTS for the Math section ONLY. Their score will be college reportable. Request through SSD Online&gt;College Board-approved Accommodations.
 TTS reads all text in the math content section(math problems and equations, and multiple choice response questions/answers) and provides short response descriptions of graphics.
 Students will need to use headphones. TTS will take the exam using standard testing time, unless extended testing time is requested separately in SSD Online as a separate accommodation request.
 Available, starting Spring 2026
 </t>
     </r>
-  </si>
-[...34 lines deleted...]
-</t>
   </si>
   <si>
     <t>Other: Reading/Seeing Text</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Advanced Request Required
 Supporting Documentation must be uploaded to SSD Online
 </t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
@@ -5035,61 +4169,919 @@
 </t>
   </si>
   <si>
     <t>State Allowed Accommodations</t>
   </si>
   <si>
     <t>Accommodations for Students with Disabilities (IEP/504 Plan) Y/N</t>
   </si>
   <si>
     <t>Full list of available SAA's are in SSD Online.</t>
   </si>
   <si>
     <t>Various</t>
   </si>
   <si>
     <t xml:space="preserve">SAA Portal opens Jan. 9, 2026 in SSD Online.
 Scores are NOT college reportable.
 Automatically approved, no documentation needed.
 Should only be used if student does not have an IEP/504, or if the family does not want to share the student's disability information with College Board.
 </t>
   </si>
   <si>
     <t>ALL</t>
   </si>
   <si>
-    <t>9/22/2025 PSAT/SAT updated</t>
-[...2 lines deleted...]
-    <t>9/17/2025 WIDA ACCESS updated</t>
+    <t>Screenreader (Non-Embedded) for Digital Assessments</t>
+  </si>
+  <si>
+    <t>Screenreader for Math (Non-Embedded)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advance request is required.
+Drop-down with Screen Readers are listed:
+• JAWS
+• NVDA
+• VoiceOver
+• ChromeVox
+• Narrator
+• Select-to-Speak
+• Spoken Content
+• Other (student should take a practice test with the approved technology to ensure compatibility)
+Screen Reader accommodation applies to the entire test. 
+If the student requires extended time, request it as a separate accommodation. Text-to-Speech/Screen Reader (Non-Embedded) is no longer automatically paired with extended time. </t>
+  </si>
+  <si>
+    <t>Advance request is required.
+Drop-down with Screen Readers for Math (Non-Embedded) are listed:
+• JAWS
+• NVDA
+• VoiceOver
+• ChromeVox
+• Narrator
+• Select-to-Speak
+• Spoken Content
+• Other (student should take a practice test with the approved technology to ensure compatibility)
+Students with this accommodation will take the full test (Reading/Writing and Math), but will use this accommodation only for the Math Section. Ideal for students who need a screen reader and their plan says for math only.
+If the student requires extended time, request it as a separate accommodation. Screen Reader (Non-Embedded) is no longer automatically paired with extended time. 
+Available starting Spring 2026.</t>
+  </si>
+  <si>
+    <r>
+      <t>Extended Time</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Extended speaking test response time</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>3, 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Extended testing time within the school day</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 5, 6, 7 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Extended time of a domain over multiple days</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 5, 6, 7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">In-person human reader </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>note Colorado allowances)</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 8, 9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">In-person human reader </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">note Colorado allowances) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>7, 9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Interpreter signs test </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">directions </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Low vision script (Kindergarten ACCESS only) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Manual control of item audio</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Non-school setting for administration</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Manually Coded English (MCE), Signing Exact English (SEE), or Conceptually Accurate Signed English (CASE)</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Repeat in-person human reader </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>7, 8, 9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Repeat in-person human reader </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>7, 8, 9, 13</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Repeat item audio</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>4, 9, 13</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Scratch paper (note Colorado allowances) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Spoken response</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">15, 16 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(Human Scribe and Speech-to-text) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Spoken response </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">7, 15, 16 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(Human Scribe and Speech-to-text) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Word processor or external device</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The test is not timed. Students with extended time documented on their IEP/504 plan can use test up to time-and-a-half of the average Colorado time, and then be told to wrap up testing.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Completed request and evidence supporting the need due to a student's long-term illness, disability, or extended interruption in testing must be approved by CDE</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The test is not timed.  Testing session could result in separate sessions.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Requires CDE approval on a case-by-case basis. Contact CDE for required forms and documentation. Written request and supporting evidence is due to the CDE Assessment Division</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> by December 1, 2025</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The accommodation is only allowable for students with an active IEP/504 plan as an assessment accommodation in the writing domain who have a primary disability code of ASD, DB, DD, HI, ID, MD, OI, TBI, or VI.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>9</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The physical materials must ordered during the additional materials order window through Heather Villalobos Pavia.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">10 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Presentation and response of the Listening and Speaking domains in PidginSigned English (PSE), Singing Exact English (SEE), or Conceptually Accurage Signed English (CASE) to DHH students is a Colorado-specific allowable accommodation as deemed appropriate by their IEP team.  This accommodation requires paper testing.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Low vision script provides additional scripting, specialized graphics, and picture description to support students with low vision.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">12 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Some of these students may be eligible for the medical exemption code</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">13 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Repeat in-person human reader and repeat item audio for the listening domain is only available to students with an acitve IEP/504 plan. Repeat in-person human reader is available to students who qualify for in-person human reader </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> who have "repeat information" as an assessment accommodation in the listening, writing, and speaking domains.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">14 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Scratch paper should only be provided upon student request. Scratch paper is only allowed for L, R, W. Student should be familiar with use of scratch paper as it relates to domain task. Used scratch paper is considered secure test materials and must be collected and destroyed.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Completed CDE UAR for Writer/Scribe: Writing Domain must be approved by CDE Assessment Unit. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">UAR and documentation is due to CDE by Dec 1, 2025. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> CDE State Assessment Response Capture Technology Secure Use Agreement must be approved by CDE. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Documentation due to CDE by December 15, 2025.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">17 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Available to qualifying students in Grades 1-3 in the Writing Domain only.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Red</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="5"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>text</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="5"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>indicates Colorado accommodation policy differs from WIDA</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFC92B11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Red</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> text indicates Colorado policy differs from WIDA</t>
+    </r>
+  </si>
+  <si>
+    <t>9/26/2025 WIDA ACCESS updated</t>
+  </si>
+  <si>
+    <t>10/2/2025 PSAT/SAT updated</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="65" x14ac:knownFonts="1">
+  <fonts count="63" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -5417,78 +5409,50 @@
       <color theme="5" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...26 lines deleted...]
-    <font>
       <i/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <color rgb="FFC92B11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <color rgb="FFC92B11"/>
       <name val="Calibri"/>
@@ -5537,50 +5501,57 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFC92B11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="23">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC9A4E4"/>
         <bgColor indexed="64"/>
@@ -5856,51 +5827,51 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="289">
+  <cellXfs count="288">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -6191,95 +6162,65 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="15" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -6311,172 +6252,142 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="55" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="16" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="16" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="21" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -6526,54 +6437,54 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="16" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="16" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="21" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="22" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="59" fillId="22" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="22" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="59" fillId="22" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -6607,118 +6518,175 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="59" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="9" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="18" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="18" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="15" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="15" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -6964,52 +6932,52 @@
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="1"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFC92B11"/>
       <color rgb="FFC9A4E4"/>
-      <color rgb="FFC92B11"/>
       <color rgb="FFCCCCFF"/>
       <color rgb="FFE85D18"/>
       <color rgb="FFC64F14"/>
       <color rgb="FFDCF7FC"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FF92F8F6"/>
       <color rgb="FFFFDF79"/>
       <color rgb="FF05FF76"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -7652,249 +7620,249 @@
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.42578125" customWidth="1"/>
     <col min="2" max="2" width="108.140625" customWidth="1"/>
     <col min="3" max="3" width="121.7109375" customWidth="1"/>
     <col min="4" max="4" width="48.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="11" customWidth="1"/>
     <col min="10" max="10" width="80.7109375" customWidth="1"/>
     <col min="11" max="11" width="18.140625" customWidth="1"/>
     <col min="12" max="12" width="14.28515625" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" customWidth="1"/>
     <col min="14" max="14" width="12.140625" customWidth="1"/>
     <col min="15" max="15" width="12.7109375" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" customWidth="1"/>
     <col min="17" max="17" width="10.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="19"/>
-      <c r="B1" s="280"/>
-[...12 lines deleted...]
-      <c r="P1" s="280"/>
+      <c r="B1" s="262"/>
+      <c r="C1" s="262"/>
+      <c r="D1" s="262"/>
+      <c r="E1" s="262"/>
+      <c r="F1" s="262"/>
+      <c r="G1" s="262"/>
+      <c r="H1" s="262"/>
+      <c r="I1" s="262"/>
+      <c r="K1" s="262"/>
+      <c r="L1" s="262"/>
+      <c r="M1" s="262"/>
+      <c r="N1" s="262"/>
+      <c r="O1" s="262"/>
+      <c r="P1" s="262"/>
     </row>
     <row r="2" spans="1:16" s="1" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="76" t="s">
         <v>29</v>
       </c>
-      <c r="B2" s="179" t="s">
+      <c r="B2" s="161" t="s">
         <v>225</v>
       </c>
       <c r="C2" s="77" t="s">
         <v>222</v>
       </c>
       <c r="D2" s="77" t="s">
-        <v>333</v>
+        <v>300</v>
       </c>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="12"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
       <c r="M2" s="9"/>
       <c r="N2" s="9"/>
       <c r="O2" s="9"/>
       <c r="P2" s="9"/>
     </row>
     <row r="3" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="177" t="s">
+      <c r="A3" s="159" t="s">
         <v>30</v>
       </c>
-      <c r="B3" s="182" t="s">
+      <c r="B3" s="164" t="s">
         <v>66</v>
       </c>
-      <c r="C3" s="228" t="s">
+      <c r="C3" s="208" t="s">
         <v>227</v>
       </c>
-      <c r="D3" s="233" t="s">
-        <v>348</v>
+      <c r="D3" s="213" t="s">
+        <v>315</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
     </row>
     <row r="4" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="178" t="s">
+      <c r="A4" s="160" t="s">
         <v>31</v>
       </c>
-      <c r="B4" s="183"/>
-[...1 lines deleted...]
-      <c r="D4" s="234"/>
+      <c r="B4" s="165"/>
+      <c r="C4" s="209"/>
+      <c r="D4" s="214"/>
       <c r="E4" s="14"/>
       <c r="F4" s="14"/>
       <c r="G4" s="14"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
     </row>
     <row r="5" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="180" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="184" t="s">
+      <c r="A5" s="162" t="s">
+        <v>286</v>
+      </c>
+      <c r="B5" s="166" t="s">
         <v>66</v>
       </c>
-      <c r="C5" s="184" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="235" t="s">
+      <c r="C5" s="166" t="s">
+        <v>251</v>
+      </c>
+      <c r="D5" s="215" t="s">
         <v>483</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
     </row>
     <row r="6" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="181" t="s">
+      <c r="A6" s="163" t="s">
         <v>75</v>
       </c>
-      <c r="B6" s="185"/>
-[...1 lines deleted...]
-      <c r="D6" s="236"/>
+      <c r="B6" s="167"/>
+      <c r="C6" s="167"/>
+      <c r="D6" s="216"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
     </row>
     <row r="7" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="78" t="s">
         <v>52</v>
       </c>
-      <c r="B7" s="186" t="s">
+      <c r="B7" s="168" t="s">
         <v>66</v>
       </c>
-      <c r="C7" s="187" t="s">
+      <c r="C7" s="169" t="s">
         <v>227</v>
       </c>
-      <c r="D7" s="227" t="s">
-        <v>482</v>
+      <c r="D7" s="207" t="s">
+        <v>484</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
     </row>
     <row r="8" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="89" t="s">
         <v>107</v>
       </c>
-      <c r="B8" s="188" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="189" t="s">
+      <c r="B8" s="170" t="s">
+        <v>242</v>
+      </c>
+      <c r="C8" s="171" t="s">
         <v>228</v>
       </c>
-      <c r="D8" s="237"/>
+      <c r="D8" s="217"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
     </row>
     <row r="9" spans="1:16" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34"/>
       <c r="B9" s="35"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
     </row>
     <row r="10" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="281" t="s">
+      <c r="A10" s="263" t="s">
         <v>226</v>
       </c>
-      <c r="B10" s="281"/>
+      <c r="B10" s="263"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
     </row>
     <row r="11" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10"/>
       <c r="B11" s="10"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
       <c r="H11" s="10"/>
       <c r="I11" s="10"/>
       <c r="J11" s="13"/>
@@ -8697,65 +8665,65 @@
       <c r="J59" s="3"/>
       <c r="K59" s="16"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
     </row>
     <row r="60" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="J60" s="3"/>
       <c r="K60" s="16"/>
       <c r="M60" s="3"/>
       <c r="N60" s="3"/>
       <c r="O60" s="3"/>
       <c r="P60" s="3"/>
       <c r="Q60" s="3"/>
     </row>
     <row r="61" spans="1:17" s="21" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B61" s="278"/>
-[...6 lines deleted...]
-      <c r="I61" s="278"/>
+      <c r="B61" s="260"/>
+      <c r="C61" s="260"/>
+      <c r="D61" s="260"/>
+      <c r="E61" s="260"/>
+      <c r="F61" s="260"/>
+      <c r="G61" s="260"/>
+      <c r="H61" s="260"/>
+      <c r="I61" s="260"/>
       <c r="J61" s="22"/>
-      <c r="K61" s="278"/>
-[...4 lines deleted...]
-      <c r="P61" s="278"/>
+      <c r="K61" s="260"/>
+      <c r="L61" s="260"/>
+      <c r="M61" s="260"/>
+      <c r="N61" s="260"/>
+      <c r="O61" s="260"/>
+      <c r="P61" s="260"/>
     </row>
     <row r="62" spans="1:17" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="23"/>
       <c r="B62" s="23"/>
       <c r="C62" s="9"/>
       <c r="D62" s="9"/>
       <c r="E62" s="9"/>
       <c r="F62" s="9"/>
       <c r="G62" s="9"/>
       <c r="H62" s="9"/>
       <c r="I62" s="9"/>
       <c r="J62" s="12"/>
       <c r="K62" s="9"/>
       <c r="L62" s="9"/>
       <c r="M62" s="9"/>
       <c r="N62" s="9"/>
       <c r="O62" s="9"/>
       <c r="P62" s="23"/>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
@@ -8923,65 +8891,65 @@
       <c r="G80" s="3"/>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
       <c r="M80" s="3"/>
     </row>
     <row r="81" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="7"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
     </row>
     <row r="82" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" s="24"/>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" s="24"/>
     </row>
     <row r="85" spans="1:16" s="8" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B85" s="278"/>
-[...6 lines deleted...]
-      <c r="I85" s="278"/>
+      <c r="B85" s="260"/>
+      <c r="C85" s="260"/>
+      <c r="D85" s="260"/>
+      <c r="E85" s="260"/>
+      <c r="F85" s="260"/>
+      <c r="G85" s="260"/>
+      <c r="H85" s="260"/>
+      <c r="I85" s="260"/>
       <c r="J85" s="25"/>
-      <c r="K85" s="278"/>
-[...4 lines deleted...]
-      <c r="P85" s="278"/>
+      <c r="K85" s="260"/>
+      <c r="L85" s="260"/>
+      <c r="M85" s="260"/>
+      <c r="N85" s="260"/>
+      <c r="O85" s="260"/>
+      <c r="P85" s="260"/>
     </row>
     <row r="86" spans="1:16" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="9"/>
       <c r="B86" s="9"/>
       <c r="C86" s="9"/>
       <c r="D86" s="9"/>
       <c r="E86" s="9"/>
       <c r="F86" s="9"/>
       <c r="G86" s="9"/>
       <c r="H86" s="9"/>
       <c r="I86" s="9"/>
       <c r="J86" s="12"/>
       <c r="K86" s="9"/>
       <c r="L86" s="9"/>
       <c r="M86" s="9"/>
       <c r="N86" s="9"/>
       <c r="O86" s="9"/>
       <c r="P86" s="9"/>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A87" s="21"/>
       <c r="B87" s="17"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="3"/>
@@ -9338,62 +9306,62 @@
       <c r="M107" s="3"/>
       <c r="N107" s="3"/>
       <c r="O107" s="3"/>
     </row>
     <row r="108" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A108" s="21"/>
       <c r="B108" s="10"/>
       <c r="C108" s="3"/>
       <c r="D108" s="3"/>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="13"/>
       <c r="K108" s="3"/>
       <c r="L108" s="3"/>
       <c r="M108" s="3"/>
       <c r="N108" s="3"/>
       <c r="O108" s="3"/>
       <c r="P108" s="3"/>
     </row>
     <row r="109" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A109" s="21"/>
       <c r="B109" s="10"/>
-      <c r="C109" s="279"/>
-[...4 lines deleted...]
-      <c r="H109" s="279"/>
+      <c r="C109" s="261"/>
+      <c r="D109" s="261"/>
+      <c r="E109" s="261"/>
+      <c r="F109" s="261"/>
+      <c r="G109" s="261"/>
+      <c r="H109" s="261"/>
       <c r="I109" s="14"/>
       <c r="J109" s="13"/>
-      <c r="K109" s="279"/>
-[...2 lines deleted...]
-      <c r="N109" s="279"/>
+      <c r="K109" s="261"/>
+      <c r="L109" s="261"/>
+      <c r="M109" s="261"/>
+      <c r="N109" s="261"/>
       <c r="O109" s="3"/>
     </row>
     <row r="110" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="3"/>
       <c r="B110" s="17"/>
       <c r="C110" s="3"/>
       <c r="D110" s="3"/>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="J110" s="18"/>
       <c r="K110" s="3"/>
       <c r="L110" s="3"/>
       <c r="M110" s="3"/>
       <c r="N110" s="3"/>
       <c r="O110" s="3"/>
       <c r="P110" s="3"/>
     </row>
     <row r="111" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="7"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
@@ -9458,128 +9426,128 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:AM126"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.7109375" customWidth="1"/>
     <col min="2" max="2" width="95.85546875" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="16.5703125" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="12.140625" customWidth="1"/>
     <col min="8" max="8" width="15.28515625" customWidth="1"/>
     <col min="9" max="9" width="102.7109375" style="38" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="217"/>
-[...8 lines deleted...]
-      <c r="H1" s="219"/>
+      <c r="A1" s="197"/>
+      <c r="B1" s="198" t="s">
+        <v>256</v>
+      </c>
+      <c r="C1" s="198"/>
+      <c r="D1" s="198"/>
+      <c r="E1" s="198"/>
+      <c r="F1" s="198"/>
+      <c r="G1" s="198"/>
+      <c r="H1" s="199"/>
       <c r="I1" s="107"/>
     </row>
     <row r="2" spans="1:39" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="216" t="s">
+      <c r="A2" s="196" t="s">
         <v>91</v>
       </c>
-      <c r="B2" s="216"/>
-[...5 lines deleted...]
-      <c r="H2" s="152"/>
+      <c r="B2" s="196"/>
+      <c r="C2" s="196"/>
+      <c r="D2" s="196"/>
+      <c r="E2" s="196"/>
+      <c r="F2" s="196"/>
+      <c r="G2" s="196"/>
+      <c r="H2" s="142"/>
       <c r="I2" s="107"/>
     </row>
     <row r="3" spans="1:39" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="204" t="s">
-[...8 lines deleted...]
-      <c r="H3" s="205"/>
+      <c r="A3" s="184" t="s">
+        <v>255</v>
+      </c>
+      <c r="B3" s="184"/>
+      <c r="C3" s="184"/>
+      <c r="D3" s="184"/>
+      <c r="E3" s="184"/>
+      <c r="F3" s="184"/>
+      <c r="G3" s="184"/>
+      <c r="H3" s="185"/>
       <c r="I3" s="107"/>
     </row>
     <row r="4" spans="1:39" s="1" customFormat="1" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="150" t="s">
+      <c r="A4" s="140" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="151" t="s">
+      <c r="B4" s="141" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="151" t="s">
+      <c r="C4" s="141" t="s">
         <v>94</v>
       </c>
-      <c r="D4" s="151" t="s">
+      <c r="D4" s="141" t="s">
         <v>90</v>
       </c>
-      <c r="E4" s="151" t="s">
+      <c r="E4" s="141" t="s">
         <v>95</v>
       </c>
-      <c r="F4" s="151" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="151" t="s">
+      <c r="F4" s="141" t="s">
+        <v>294</v>
+      </c>
+      <c r="G4" s="141" t="s">
         <v>224</v>
       </c>
-      <c r="H4" s="151" t="s">
+      <c r="H4" s="141" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="101"/>
     </row>
     <row r="5" spans="1:39" s="64" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="65" t="s">
         <v>220</v>
       </c>
-      <c r="B5" s="230" t="s">
-[...7 lines deleted...]
-      <c r="H5" s="138" t="s">
+      <c r="B5" s="210" t="s">
+        <v>307</v>
+      </c>
+      <c r="C5" s="211"/>
+      <c r="D5" s="211"/>
+      <c r="E5" s="211"/>
+      <c r="F5" s="211"/>
+      <c r="G5" s="211"/>
+      <c r="H5" s="128" t="s">
         <v>2</v>
       </c>
       <c r="I5" s="101"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
       <c r="AA5" s="1"/>
       <c r="AB5" s="1"/>
       <c r="AC5" s="1"/>
       <c r="AD5" s="1"/>
       <c r="AE5" s="1"/>
@@ -9591,182 +9559,182 @@
       <c r="AK5" s="1"/>
       <c r="AL5" s="1"/>
       <c r="AM5" s="1"/>
     </row>
     <row r="6" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B6" s="67" t="s">
         <v>69</v>
       </c>
       <c r="C6" s="66"/>
       <c r="D6" s="66"/>
       <c r="E6" s="66"/>
       <c r="F6" s="66"/>
       <c r="G6" s="66"/>
       <c r="H6" s="66" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>221</v>
       </c>
       <c r="B7" s="51" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="C7" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="50"/>
       <c r="F7" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="50"/>
       <c r="H7" s="50"/>
     </row>
     <row r="8" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>354</v>
+        <v>321</v>
       </c>
       <c r="C8" s="66" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="66" t="s">
         <v>2</v>
       </c>
       <c r="E8" s="66" t="s">
-        <v>352</v>
+        <v>319</v>
       </c>
       <c r="F8" s="66"/>
       <c r="G8" s="66" t="s">
-        <v>334</v>
+        <v>301</v>
       </c>
       <c r="H8" s="66" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B9" s="51" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
       <c r="C9" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="50" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="50" t="s">
-        <v>350</v>
+        <v>317</v>
       </c>
       <c r="G9" s="50" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="50"/>
     </row>
     <row r="10" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="74" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="73" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="73" t="s">
         <v>2</v>
       </c>
       <c r="F10" s="93" t="s">
         <v>2</v>
       </c>
       <c r="G10" s="73"/>
       <c r="H10" s="73"/>
     </row>
     <row r="11" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="51" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="50"/>
       <c r="D11" s="50"/>
       <c r="E11" s="50"/>
       <c r="F11" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G11" s="50"/>
       <c r="H11" s="50"/>
     </row>
     <row r="12" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B12" s="74" t="s">
-        <v>345</v>
+        <v>312</v>
       </c>
       <c r="C12" s="73"/>
       <c r="D12" s="73"/>
       <c r="E12" s="73"/>
       <c r="F12" s="73"/>
       <c r="G12" s="73"/>
       <c r="H12" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B13" s="51" t="s">
         <v>89</v>
       </c>
-      <c r="C13" s="163" t="s">
+      <c r="C13" s="152" t="s">
         <v>20</v>
       </c>
-      <c r="D13" s="163" t="s">
+      <c r="D13" s="152" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="52"/>
-      <c r="F13" s="163" t="s">
+      <c r="F13" s="152" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="50"/>
       <c r="H13" s="50"/>
     </row>
     <row r="14" spans="1:39" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B14" s="67" t="s">
         <v>230</v>
       </c>
       <c r="C14" s="66" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="66" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="66"/>
       <c r="F14" s="66"/>
       <c r="G14" s="66"/>
       <c r="H14" s="66" t="s">
         <v>2</v>
       </c>
     </row>
@@ -9813,474 +9781,474 @@
     <row r="17" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B17" s="51" t="s">
         <v>56</v>
       </c>
       <c r="C17" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="50"/>
       <c r="F17" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="50"/>
       <c r="H17" s="50"/>
     </row>
     <row r="18" spans="1:9" s="100" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B18" s="74" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="C18" s="73"/>
       <c r="D18" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="73"/>
       <c r="F18" s="73" t="s">
         <v>2</v>
       </c>
       <c r="G18" s="73"/>
       <c r="H18" s="73"/>
       <c r="I18" s="38"/>
     </row>
     <row r="19" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B19" s="51" t="s">
-        <v>338</v>
+        <v>305</v>
       </c>
       <c r="C19" s="50"/>
       <c r="D19" s="50"/>
       <c r="E19" s="50"/>
       <c r="F19" s="50"/>
       <c r="G19" s="50"/>
       <c r="H19" s="50" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B20" s="95" t="s">
-        <v>339</v>
+        <v>306</v>
       </c>
       <c r="C20" s="73"/>
       <c r="D20" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E20" s="73"/>
       <c r="F20" s="73"/>
       <c r="G20" s="73" t="s">
         <v>2</v>
       </c>
       <c r="H20" s="73"/>
     </row>
     <row r="21" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B21" s="51" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
       <c r="C21" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E21" s="50" t="s">
         <v>2</v>
       </c>
       <c r="F21" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G21" s="50" t="s">
-        <v>334</v>
+        <v>301</v>
       </c>
       <c r="H21" s="50"/>
     </row>
     <row r="22" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B22" s="74" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="73"/>
       <c r="D22" s="73"/>
       <c r="E22" s="73"/>
       <c r="F22" s="73"/>
       <c r="G22" s="73"/>
       <c r="H22" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B23" s="51" t="s">
-        <v>326</v>
+        <v>296</v>
       </c>
       <c r="C23" s="50"/>
       <c r="D23" s="50"/>
       <c r="E23" s="50"/>
       <c r="F23" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G23" s="50"/>
       <c r="H23" s="50"/>
     </row>
     <row r="24" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B24" s="74" t="s">
         <v>229</v>
       </c>
       <c r="C24" s="73" t="s">
         <v>2</v>
       </c>
       <c r="D24" s="73"/>
       <c r="E24" s="73"/>
       <c r="F24" s="73"/>
       <c r="G24" s="73"/>
       <c r="H24" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B25" s="51" t="s">
-        <v>287</v>
-[...9 lines deleted...]
-        <v>246</v>
+        <v>275</v>
+      </c>
+      <c r="C25" s="153" t="s">
+        <v>243</v>
+      </c>
+      <c r="D25" s="153" t="s">
+        <v>243</v>
+      </c>
+      <c r="E25" s="150"/>
+      <c r="F25" s="153" t="s">
+        <v>243</v>
       </c>
       <c r="G25" s="50"/>
       <c r="H25" s="50"/>
     </row>
     <row r="26" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B26" s="74" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C26" s="73"/>
       <c r="D26" s="73"/>
       <c r="E26" s="73"/>
       <c r="F26" s="73"/>
       <c r="G26" s="73"/>
       <c r="H26" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B27" s="51" t="s">
-        <v>325</v>
+        <v>295</v>
       </c>
       <c r="C27" s="50"/>
       <c r="D27" s="50"/>
       <c r="E27" s="50"/>
       <c r="F27" s="50"/>
       <c r="G27" s="50"/>
       <c r="H27" s="50" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="108" t="s">
         <v>231</v>
       </c>
       <c r="C28" s="73"/>
       <c r="D28" s="73"/>
       <c r="E28" s="73"/>
       <c r="F28" s="73"/>
       <c r="G28" s="73"/>
       <c r="H28" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B29" s="51" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="50"/>
       <c r="D29" s="50"/>
       <c r="E29" s="50"/>
       <c r="F29" s="50"/>
       <c r="G29" s="52"/>
       <c r="H29" s="49" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B30" s="74" t="s">
-        <v>341</v>
+        <v>308</v>
       </c>
       <c r="C30" s="73"/>
       <c r="D30" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E30" s="73"/>
       <c r="F30" s="73"/>
       <c r="G30" s="73" t="s">
         <v>2</v>
       </c>
       <c r="H30" s="93"/>
     </row>
     <row r="31" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B31" s="51" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="C31" s="50"/>
       <c r="D31" s="50"/>
       <c r="E31" s="50"/>
       <c r="F31" s="50"/>
       <c r="G31" s="50"/>
       <c r="H31" s="50" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B32" s="74" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C32" s="73"/>
       <c r="D32" s="73"/>
       <c r="E32" s="73"/>
       <c r="F32" s="73"/>
       <c r="G32" s="73"/>
       <c r="H32" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B33" s="51" t="s">
-        <v>353</v>
+        <v>320</v>
       </c>
       <c r="C33" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="50" t="s">
-        <v>352</v>
+        <v>319</v>
       </c>
       <c r="F33" s="50" t="s">
-        <v>352</v>
+        <v>319</v>
       </c>
       <c r="G33" s="50" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="50"/>
     </row>
     <row r="34" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="65" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="74" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="73"/>
       <c r="G34" s="73"/>
       <c r="H34" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B35" s="51" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="C35" s="163" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" s="152" t="s">
         <v>20</v>
       </c>
-      <c r="D35" s="163" t="s">
+      <c r="D35" s="152" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="52"/>
-      <c r="F35" s="163" t="s">
+      <c r="F35" s="152" t="s">
         <v>20</v>
       </c>
-      <c r="G35" s="163" t="s">
+      <c r="G35" s="152" t="s">
         <v>20</v>
       </c>
       <c r="H35" s="50"/>
       <c r="I35" s="109"/>
     </row>
     <row r="36" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B36" s="74" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="C36" s="232"/>
+        <v>253</v>
+      </c>
+      <c r="C36" s="212"/>
       <c r="D36" s="93" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="93"/>
       <c r="F36" s="93" t="s">
         <v>2</v>
       </c>
       <c r="G36" s="93" t="s">
         <v>2</v>
       </c>
       <c r="H36" s="73"/>
       <c r="I36" s="109"/>
     </row>
     <row r="37" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B37" s="51" t="s">
-        <v>342</v>
+        <v>309</v>
       </c>
       <c r="C37" s="50"/>
       <c r="D37" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="50"/>
       <c r="F37" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G37" s="50" t="s">
         <v>2</v>
       </c>
       <c r="H37" s="50"/>
     </row>
     <row r="38" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B38" s="74" t="s">
-        <v>346</v>
+        <v>313</v>
       </c>
       <c r="C38" s="73"/>
       <c r="D38" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E38" s="73"/>
       <c r="F38" s="73" t="s">
         <v>2</v>
       </c>
       <c r="G38" s="73" t="s">
         <v>2</v>
       </c>
       <c r="H38" s="73"/>
     </row>
     <row r="39" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B39" s="51" t="s">
-        <v>327</v>
+        <v>297</v>
       </c>
       <c r="C39" s="50"/>
       <c r="D39" s="50"/>
       <c r="E39" s="50"/>
       <c r="F39" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G39" s="50"/>
       <c r="H39" s="50"/>
     </row>
     <row r="40" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B40" s="95" t="s">
-        <v>335</v>
+        <v>302</v>
       </c>
       <c r="C40" s="73" t="s">
         <v>2</v>
       </c>
       <c r="D40" s="73" t="s">
         <v>2</v>
       </c>
-      <c r="E40" s="238" t="s">
+      <c r="E40" s="218" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="73" t="s">
         <v>2</v>
       </c>
       <c r="G40" s="73"/>
       <c r="H40" s="73"/>
     </row>
     <row r="41" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="B41" s="153" t="s">
-        <v>288</v>
+      <c r="B41" s="143" t="s">
+        <v>276</v>
       </c>
       <c r="C41" s="50" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="50"/>
       <c r="E41" s="50"/>
       <c r="F41" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G41" s="50" t="s">
         <v>2</v>
       </c>
       <c r="H41" s="50"/>
     </row>
     <row r="42" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B42" s="74" t="s">
         <v>57</v>
       </c>
       <c r="C42" s="73" t="s">
         <v>2</v>
       </c>
       <c r="D42" s="73"/>
@@ -10292,51 +10260,51 @@
       </c>
       <c r="G42" s="73"/>
       <c r="H42" s="73"/>
     </row>
     <row r="43" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B43" s="51" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="50"/>
       <c r="D43" s="50"/>
       <c r="E43" s="50"/>
       <c r="F43" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G43" s="50"/>
       <c r="H43" s="50"/>
     </row>
     <row r="44" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B44" s="74" t="s">
-        <v>347</v>
+        <v>314</v>
       </c>
       <c r="C44" s="73"/>
       <c r="D44" s="73"/>
       <c r="E44" s="73"/>
       <c r="F44" s="73"/>
       <c r="G44" s="73"/>
       <c r="H44" s="73" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B45" s="51" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="50"/>
       <c r="D45" s="50"/>
       <c r="E45" s="50"/>
       <c r="F45" s="50"/>
       <c r="G45" s="50"/>
       <c r="H45" s="50" t="s">
         <v>2</v>
       </c>
@@ -10344,261 +10312,261 @@
     <row r="46" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B46" s="74" t="s">
         <v>58</v>
       </c>
       <c r="C46" s="73" t="s">
         <v>2</v>
       </c>
       <c r="D46" s="73"/>
       <c r="E46" s="73" t="s">
         <v>2</v>
       </c>
       <c r="F46" s="73" t="s">
         <v>2</v>
       </c>
       <c r="G46" s="73"/>
       <c r="H46" s="73"/>
     </row>
     <row r="47" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B47" s="51" t="s">
-        <v>328</v>
+        <v>298</v>
       </c>
       <c r="C47" s="50"/>
       <c r="D47" s="50" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50" t="s">
         <v>2</v>
       </c>
       <c r="G47" s="50" t="s">
         <v>2</v>
       </c>
       <c r="H47" s="50"/>
     </row>
     <row r="48" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B48" s="74" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="73"/>
       <c r="D48" s="73" t="s">
         <v>2</v>
       </c>
       <c r="E48" s="73"/>
       <c r="F48" s="73"/>
       <c r="G48" s="73" t="s">
         <v>2</v>
       </c>
       <c r="H48" s="73"/>
     </row>
     <row r="49" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="10"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
     </row>
     <row r="50" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" t="s">
-        <v>319</v>
+        <v>289</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
     </row>
     <row r="51" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="24" t="s">
-        <v>322</v>
+        <v>292</v>
       </c>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="K51" s="3"/>
     </row>
     <row r="52" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="24" t="s">
-        <v>318</v>
+        <v>288</v>
       </c>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="K52" s="3"/>
     </row>
     <row r="53" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" t="s">
-        <v>321</v>
+        <v>291</v>
       </c>
       <c r="D53" s="7"/>
       <c r="E53" s="7"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="K53" s="3"/>
     </row>
     <row r="54" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="D54" s="7"/>
       <c r="E54" s="7"/>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="K54" s="3"/>
     </row>
     <row r="55" spans="1:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="6" t="s">
-        <v>320</v>
+        <v>290</v>
       </c>
       <c r="D55" s="7"/>
       <c r="E55" s="7"/>
       <c r="F55" s="7"/>
       <c r="G55" s="7"/>
       <c r="K55" s="3"/>
     </row>
     <row r="56" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="J56" s="3"/>
       <c r="K56" s="3"/>
     </row>
     <row r="57" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="J57" s="3"/>
       <c r="K57" s="3"/>
     </row>
     <row r="58" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
     </row>
     <row r="59" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>337</v>
+        <v>304</v>
       </c>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
     </row>
     <row r="60" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="J60" s="3"/>
       <c r="K60" s="3"/>
     </row>
     <row r="61" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="111" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
     </row>
     <row r="62" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" t="s">
-        <v>336</v>
+        <v>303</v>
       </c>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="J62" s="3"/>
       <c r="K62" s="3"/>
     </row>
     <row r="63" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="24" t="s">
-        <v>343</v>
+        <v>310</v>
       </c>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
     </row>
     <row r="64" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="J64" s="3"/>
       <c r="K64" s="3"/>
     </row>
     <row r="65" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" t="s">
-        <v>323</v>
+        <v>293</v>
       </c>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="J65" s="3"/>
       <c r="K65" s="3"/>
     </row>
     <row r="66" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" t="s">
-        <v>344</v>
+        <v>311</v>
       </c>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="J66" s="3"/>
       <c r="K66" s="3"/>
     </row>
     <row r="67" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
     </row>
     <row r="68" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="J68" s="3"/>
       <c r="K68" s="3"/>
     </row>
     <row r="69" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -10706,56 +10674,56 @@
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="D88" s="3"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="7"/>
       <c r="B89" s="7"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="24"/>
       <c r="B91" s="24"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="24"/>
       <c r="B92" s="24"/>
     </row>
     <row r="93" spans="1:9" s="8" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C93" s="278"/>
-[...4 lines deleted...]
-      <c r="H93" s="278"/>
+      <c r="C93" s="260"/>
+      <c r="D93" s="260"/>
+      <c r="E93" s="260"/>
+      <c r="F93" s="260"/>
+      <c r="G93" s="260"/>
+      <c r="H93" s="260"/>
       <c r="I93" s="103"/>
     </row>
     <row r="94" spans="1:9" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="9"/>
       <c r="B94" s="9"/>
       <c r="C94" s="9"/>
       <c r="D94" s="9"/>
       <c r="E94" s="9"/>
       <c r="F94" s="9"/>
       <c r="G94" s="9"/>
       <c r="H94" s="9"/>
       <c r="I94" s="104"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="21"/>
       <c r="B95" s="21"/>
       <c r="C95" s="17"/>
       <c r="D95" s="3"/>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="105"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
@@ -10971,54 +10939,54 @@
       <c r="A115" s="21"/>
       <c r="B115" s="21"/>
       <c r="C115" s="10"/>
       <c r="D115" s="10"/>
       <c r="E115" s="10"/>
       <c r="F115" s="10"/>
       <c r="G115" s="10"/>
       <c r="H115" s="10"/>
       <c r="I115" s="106"/>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A116" s="21"/>
       <c r="B116" s="21"/>
       <c r="C116" s="10"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="106"/>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A117" s="21"/>
       <c r="B117" s="21"/>
       <c r="C117" s="10"/>
-      <c r="D117" s="279"/>
-[...2 lines deleted...]
-      <c r="G117" s="279"/>
+      <c r="D117" s="261"/>
+      <c r="E117" s="261"/>
+      <c r="F117" s="261"/>
+      <c r="G117" s="261"/>
       <c r="H117" s="14"/>
       <c r="I117" s="106"/>
     </row>
     <row r="118" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="3"/>
       <c r="B118" s="3"/>
       <c r="C118" s="17"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="105"/>
     </row>
     <row r="119" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="7"/>
       <c r="B119" s="7"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="J119" s="5"/>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C120" s="7"/>
       <c r="D120" s="7"/>
@@ -11054,887 +11022,887 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:Z30"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection sqref="A1:C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.85546875" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" customWidth="1"/>
     <col min="4" max="4" width="48.42578125" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" customWidth="1"/>
     <col min="7" max="7" width="32.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="3" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="285" t="s">
+      <c r="A1" s="267" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="285"/>
-[...6 lines deleted...]
-      <c r="G1" s="284"/>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="265"/>
+      <c r="E1" s="266" t="s">
+        <v>244</v>
+      </c>
+      <c r="F1" s="266"/>
+      <c r="G1" s="266"/>
       <c r="H1" s="28"/>
       <c r="I1" s="28"/>
       <c r="J1" s="28"/>
       <c r="K1" s="28"/>
       <c r="L1" s="28"/>
       <c r="M1" s="28"/>
       <c r="N1" s="28"/>
       <c r="O1" s="28"/>
       <c r="P1" s="28"/>
       <c r="Q1" s="28"/>
       <c r="R1" s="28"/>
       <c r="S1" s="28"/>
       <c r="T1" s="28"/>
       <c r="U1" s="28"/>
       <c r="V1" s="28"/>
       <c r="W1" s="28"/>
       <c r="X1" s="28"/>
       <c r="Y1" s="28"/>
     </row>
     <row r="2" spans="1:25" s="8" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="285"/>
-[...5 lines deleted...]
-      <c r="G2" s="284"/>
+      <c r="A2" s="267"/>
+      <c r="B2" s="267"/>
+      <c r="C2" s="267"/>
+      <c r="D2" s="265"/>
+      <c r="E2" s="266"/>
+      <c r="F2" s="266"/>
+      <c r="G2" s="266"/>
       <c r="H2" s="28"/>
       <c r="I2" s="28"/>
       <c r="J2" s="28"/>
       <c r="K2" s="28"/>
       <c r="L2" s="28"/>
       <c r="M2" s="28"/>
       <c r="N2" s="28"/>
       <c r="O2" s="28"/>
       <c r="P2" s="28"/>
       <c r="Q2" s="28"/>
       <c r="R2" s="28"/>
       <c r="S2" s="28"/>
       <c r="T2" s="28"/>
       <c r="U2" s="28"/>
       <c r="V2" s="28"/>
       <c r="W2" s="28"/>
       <c r="X2" s="28"/>
       <c r="Y2" s="28"/>
     </row>
     <row r="3" spans="1:25" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="282" t="s">
+      <c r="A3" s="264" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="286" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="286" t="s">
+      <c r="B3" s="268" t="s">
+        <v>259</v>
+      </c>
+      <c r="C3" s="268" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="286" t="s">
+      <c r="D3" s="268" t="s">
         <v>51</v>
       </c>
-      <c r="E3" s="286" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="286" t="s">
+      <c r="E3" s="268" t="s">
+        <v>299</v>
+      </c>
+      <c r="F3" s="268" t="s">
         <v>0</v>
       </c>
-      <c r="G3" s="282" t="s">
+      <c r="G3" s="264" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="28"/>
       <c r="I3" s="28"/>
       <c r="J3" s="28"/>
       <c r="K3" s="28"/>
       <c r="L3" s="28"/>
       <c r="M3" s="28"/>
       <c r="N3" s="28"/>
       <c r="O3" s="28"/>
       <c r="P3" s="28"/>
       <c r="Q3" s="28"/>
       <c r="R3" s="28"/>
       <c r="S3" s="28"/>
       <c r="T3" s="28"/>
       <c r="U3" s="39"/>
       <c r="V3" s="39"/>
       <c r="W3" s="39"/>
       <c r="X3" s="39"/>
       <c r="Y3" s="39"/>
     </row>
     <row r="4" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="282"/>
-[...5 lines deleted...]
-      <c r="G4" s="282"/>
+      <c r="A4" s="264"/>
+      <c r="B4" s="268"/>
+      <c r="C4" s="268"/>
+      <c r="D4" s="268"/>
+      <c r="E4" s="268"/>
+      <c r="F4" s="268"/>
+      <c r="G4" s="264"/>
       <c r="H4" s="28"/>
       <c r="I4" s="28"/>
       <c r="J4" s="28"/>
       <c r="K4" s="28"/>
       <c r="L4" s="28"/>
       <c r="M4" s="28"/>
       <c r="N4" s="28"/>
       <c r="O4" s="28"/>
       <c r="P4" s="28"/>
       <c r="Q4" s="28"/>
       <c r="R4" s="28"/>
       <c r="S4" s="28"/>
       <c r="T4" s="28"/>
       <c r="U4" s="39"/>
       <c r="V4" s="39"/>
       <c r="W4" s="39"/>
       <c r="X4" s="39"/>
       <c r="Y4" s="39"/>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A5" s="282"/>
-[...5 lines deleted...]
-      <c r="G5" s="282"/>
+      <c r="A5" s="264"/>
+      <c r="B5" s="268"/>
+      <c r="C5" s="268"/>
+      <c r="D5" s="268"/>
+      <c r="E5" s="268"/>
+      <c r="F5" s="268"/>
+      <c r="G5" s="264"/>
       <c r="H5" s="28"/>
       <c r="I5" s="28"/>
       <c r="J5" s="28"/>
       <c r="K5" s="28"/>
       <c r="L5" s="28"/>
       <c r="M5" s="28"/>
       <c r="N5" s="28"/>
       <c r="O5" s="28"/>
       <c r="P5" s="28"/>
       <c r="Q5" s="28"/>
       <c r="R5" s="28"/>
       <c r="S5" s="28"/>
       <c r="T5" s="28"/>
       <c r="U5" s="39"/>
       <c r="V5" s="39"/>
       <c r="W5" s="39"/>
       <c r="X5" s="39"/>
       <c r="Y5" s="39"/>
     </row>
     <row r="6" spans="1:25" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="282"/>
-[...5 lines deleted...]
-      <c r="G6" s="282"/>
+      <c r="A6" s="264"/>
+      <c r="B6" s="268"/>
+      <c r="C6" s="268"/>
+      <c r="D6" s="268"/>
+      <c r="E6" s="268"/>
+      <c r="F6" s="268"/>
+      <c r="G6" s="264"/>
       <c r="H6" s="28"/>
       <c r="I6" s="28"/>
       <c r="J6" s="28"/>
       <c r="K6" s="28"/>
       <c r="L6" s="28"/>
       <c r="M6" s="28"/>
       <c r="N6" s="28"/>
       <c r="O6" s="28"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="28"/>
       <c r="R6" s="28"/>
       <c r="S6" s="28"/>
       <c r="T6" s="28"/>
       <c r="U6" s="39"/>
       <c r="V6" s="39"/>
       <c r="W6" s="39"/>
       <c r="X6" s="39"/>
       <c r="Y6" s="39"/>
     </row>
     <row r="7" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="114" t="s">
         <v>221</v>
       </c>
       <c r="B7" s="113"/>
       <c r="C7" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="191" t="s">
+      <c r="D7" s="172" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="112" t="s">
         <v>2</v>
       </c>
       <c r="F7" s="112" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="114" t="s">
         <v>221</v>
       </c>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="28"/>
       <c r="K7" s="28"/>
       <c r="L7" s="28"/>
       <c r="M7" s="28"/>
       <c r="N7" s="28"/>
       <c r="O7" s="28"/>
       <c r="P7" s="28"/>
       <c r="Q7" s="28"/>
       <c r="R7" s="28"/>
       <c r="S7" s="28"/>
       <c r="T7" s="28"/>
       <c r="U7" s="39"/>
       <c r="V7" s="39"/>
       <c r="W7" s="39"/>
       <c r="X7" s="39"/>
       <c r="Y7" s="39"/>
     </row>
     <row r="8" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B8" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="206" t="s">
+      <c r="D8" s="186" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="118"/>
       <c r="F8" s="118"/>
       <c r="G8" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H8" s="28"/>
       <c r="I8" s="28"/>
       <c r="J8" s="28"/>
       <c r="K8" s="28"/>
       <c r="L8" s="28"/>
       <c r="M8" s="28"/>
       <c r="N8" s="28"/>
       <c r="O8" s="28"/>
       <c r="P8" s="28"/>
       <c r="Q8" s="28"/>
       <c r="R8" s="28"/>
       <c r="S8" s="28"/>
       <c r="T8" s="28"/>
       <c r="U8" s="39"/>
       <c r="V8" s="39"/>
       <c r="W8" s="39"/>
       <c r="X8" s="39"/>
       <c r="Y8" s="39"/>
     </row>
     <row r="9" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B9" s="113"/>
       <c r="C9" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="191" t="s">
+      <c r="D9" s="172" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="118"/>
       <c r="F9" s="118"/>
       <c r="G9" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H9" s="28"/>
       <c r="I9" s="28"/>
       <c r="J9" s="28"/>
       <c r="K9" s="28"/>
       <c r="L9" s="28"/>
       <c r="M9" s="28"/>
       <c r="N9" s="28"/>
       <c r="O9" s="28"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="28"/>
       <c r="R9" s="28"/>
       <c r="S9" s="28"/>
       <c r="T9" s="28"/>
       <c r="U9" s="39"/>
       <c r="V9" s="39"/>
       <c r="W9" s="39"/>
       <c r="X9" s="39"/>
       <c r="Y9" s="39"/>
     </row>
     <row r="10" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="115" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="115" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="207" t="s">
+      <c r="D10" s="187" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="115" t="s">
         <v>2</v>
       </c>
       <c r="F10" s="115" t="s">
         <v>2</v>
       </c>
       <c r="G10" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="28"/>
       <c r="L10" s="28"/>
       <c r="M10" s="28"/>
       <c r="N10" s="28"/>
       <c r="O10" s="28"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="28"/>
       <c r="R10" s="28"/>
       <c r="S10" s="28"/>
       <c r="T10" s="28"/>
       <c r="U10" s="39"/>
       <c r="V10" s="39"/>
       <c r="W10" s="39"/>
       <c r="X10" s="39"/>
       <c r="Y10" s="39"/>
     </row>
     <row r="11" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B11" s="112" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="191" t="s">
+      <c r="D11" s="172" t="s">
         <v>59</v>
       </c>
       <c r="E11" s="119"/>
       <c r="F11" s="119"/>
       <c r="G11" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
       <c r="T11" s="28"/>
       <c r="U11" s="39"/>
       <c r="V11" s="39"/>
       <c r="W11" s="39"/>
       <c r="X11" s="39"/>
       <c r="Y11" s="39"/>
     </row>
     <row r="12" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B12" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="206" t="s">
+      <c r="D12" s="186" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="118"/>
       <c r="F12" s="118"/>
       <c r="G12" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="28"/>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="28"/>
       <c r="Q12" s="28"/>
       <c r="R12" s="28"/>
       <c r="S12" s="28"/>
       <c r="T12" s="28"/>
       <c r="U12" s="39"/>
       <c r="V12" s="39"/>
       <c r="W12" s="39"/>
       <c r="X12" s="39"/>
       <c r="Y12" s="39"/>
     </row>
     <row r="13" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B13" s="112" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="191" t="s">
+      <c r="D13" s="172" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="118"/>
       <c r="F13" s="119"/>
       <c r="G13" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H13" s="28"/>
       <c r="I13" s="28"/>
       <c r="J13" s="28"/>
       <c r="K13" s="28"/>
       <c r="L13" s="28"/>
       <c r="M13" s="28"/>
       <c r="N13" s="28"/>
       <c r="O13" s="28"/>
       <c r="P13" s="28"/>
       <c r="Q13" s="28"/>
       <c r="R13" s="28"/>
       <c r="S13" s="28"/>
       <c r="T13" s="28"/>
       <c r="U13" s="39"/>
       <c r="V13" s="39"/>
       <c r="W13" s="39"/>
       <c r="X13" s="39"/>
       <c r="Y13" s="39"/>
     </row>
     <row r="14" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B14" s="45"/>
       <c r="C14" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="206" t="s">
+      <c r="D14" s="186" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="115" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="115" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="28"/>
       <c r="L14" s="28"/>
       <c r="M14" s="28"/>
       <c r="N14" s="28"/>
       <c r="O14" s="28"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="28"/>
       <c r="R14" s="28"/>
       <c r="S14" s="28"/>
       <c r="T14" s="28"/>
       <c r="U14" s="39"/>
       <c r="V14" s="39"/>
       <c r="W14" s="39"/>
       <c r="X14" s="39"/>
       <c r="Y14" s="39"/>
     </row>
     <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B15" s="112" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="191" t="s">
+      <c r="D15" s="172" t="s">
         <v>7</v>
       </c>
       <c r="E15" s="118"/>
       <c r="F15" s="118"/>
       <c r="G15" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="28"/>
       <c r="K15" s="28"/>
       <c r="L15" s="28"/>
       <c r="M15" s="28"/>
       <c r="N15" s="28"/>
       <c r="O15" s="28"/>
       <c r="P15" s="28"/>
       <c r="Q15" s="28"/>
       <c r="R15" s="28"/>
       <c r="S15" s="28"/>
       <c r="T15" s="28"/>
       <c r="U15" s="39"/>
       <c r="V15" s="39"/>
       <c r="W15" s="39"/>
       <c r="X15" s="39"/>
       <c r="Y15" s="39"/>
     </row>
     <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D16" s="206" t="s">
+      <c r="D16" s="186" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="45"/>
       <c r="F16" s="44" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="28"/>
       <c r="R16" s="28"/>
       <c r="S16" s="28"/>
       <c r="T16" s="28"/>
       <c r="U16" s="39"/>
       <c r="V16" s="39"/>
       <c r="W16" s="39"/>
       <c r="X16" s="39"/>
       <c r="Y16" s="39"/>
     </row>
     <row r="17" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="114" t="s">
         <v>221</v>
       </c>
       <c r="B17" s="112" t="s">
         <v>2</v>
       </c>
       <c r="C17" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D17" s="191" t="s">
+      <c r="D17" s="172" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="112" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="112" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="114" t="s">
         <v>221</v>
       </c>
       <c r="H17" s="28"/>
       <c r="I17" s="28"/>
       <c r="J17" s="28"/>
       <c r="K17" s="28"/>
       <c r="L17" s="28"/>
       <c r="M17" s="28"/>
       <c r="N17" s="28"/>
       <c r="O17" s="28"/>
       <c r="P17" s="28"/>
       <c r="Q17" s="28"/>
       <c r="R17" s="28"/>
       <c r="S17" s="28"/>
       <c r="T17" s="28"/>
       <c r="U17" s="39"/>
       <c r="V17" s="39"/>
       <c r="W17" s="39"/>
       <c r="X17" s="39"/>
       <c r="Y17" s="39"/>
     </row>
     <row r="18" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="114" t="s">
         <v>221</v>
       </c>
       <c r="B18" s="45"/>
       <c r="C18" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D18" s="206" t="s">
+      <c r="D18" s="186" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="44" t="s">
         <v>2</v>
       </c>
       <c r="F18" s="44" t="s">
         <v>2</v>
       </c>
       <c r="G18" s="114" t="s">
         <v>221</v>
       </c>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="28"/>
       <c r="L18" s="28"/>
       <c r="M18" s="28"/>
       <c r="N18" s="28"/>
       <c r="O18" s="28"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="28"/>
       <c r="R18" s="28"/>
       <c r="S18" s="28"/>
       <c r="T18" s="28"/>
       <c r="U18" s="39"/>
       <c r="V18" s="39"/>
       <c r="W18" s="39"/>
       <c r="X18" s="39"/>
       <c r="Y18" s="39"/>
     </row>
     <row r="19" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B19" s="113"/>
       <c r="C19" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="191" t="s">
+      <c r="D19" s="172" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="118"/>
       <c r="F19" s="118"/>
       <c r="G19" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H19" s="28"/>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
       <c r="K19" s="28"/>
       <c r="L19" s="28"/>
       <c r="M19" s="28"/>
       <c r="N19" s="28"/>
       <c r="O19" s="28"/>
       <c r="P19" s="28"/>
       <c r="Q19" s="28"/>
       <c r="R19" s="28"/>
       <c r="S19" s="28"/>
       <c r="T19" s="28"/>
       <c r="U19" s="39"/>
       <c r="V19" s="39"/>
       <c r="W19" s="39"/>
       <c r="X19" s="39"/>
       <c r="Y19" s="39"/>
     </row>
     <row r="20" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B20" s="45"/>
       <c r="C20" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D20" s="206" t="s">
+      <c r="D20" s="186" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="118"/>
       <c r="F20" s="118"/>
       <c r="G20" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="28"/>
       <c r="L20" s="28"/>
       <c r="M20" s="28"/>
       <c r="N20" s="28"/>
       <c r="O20" s="28"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="28"/>
       <c r="R20" s="28"/>
       <c r="S20" s="28"/>
       <c r="T20" s="28"/>
       <c r="U20" s="39"/>
       <c r="V20" s="39"/>
       <c r="W20" s="39"/>
       <c r="X20" s="39"/>
       <c r="Y20" s="39"/>
     </row>
     <row r="21" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B21" s="113"/>
       <c r="C21" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D21" s="191" t="s">
+      <c r="D21" s="172" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="113"/>
       <c r="F21" s="112" t="s">
         <v>2</v>
       </c>
       <c r="G21" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="28"/>
       <c r="L21" s="28"/>
       <c r="M21" s="28"/>
       <c r="N21" s="28"/>
       <c r="O21" s="28"/>
       <c r="P21" s="28"/>
       <c r="Q21" s="28"/>
       <c r="R21" s="28"/>
       <c r="S21" s="28"/>
       <c r="T21" s="28"/>
       <c r="U21" s="39"/>
       <c r="V21" s="39"/>
       <c r="W21" s="39"/>
       <c r="X21" s="39"/>
       <c r="Y21" s="39"/>
     </row>
     <row r="22" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B22" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="D22" s="206" t="s">
+      <c r="D22" s="186" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="117"/>
       <c r="F22" s="53" t="s">
         <v>2</v>
       </c>
       <c r="G22" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="28"/>
       <c r="L22" s="28"/>
       <c r="M22" s="28"/>
       <c r="N22" s="28"/>
       <c r="O22" s="28"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="28"/>
       <c r="R22" s="28"/>
       <c r="S22" s="28"/>
       <c r="T22" s="28"/>
       <c r="U22" s="39"/>
       <c r="V22" s="39"/>
       <c r="W22" s="39"/>
       <c r="X22" s="39"/>
       <c r="Y22" s="39"/>
     </row>
     <row r="23" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="114" t="s">
         <v>217</v>
       </c>
       <c r="B23" s="113"/>
       <c r="C23" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D23" s="191" t="s">
+      <c r="D23" s="172" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="113"/>
       <c r="F23" s="116" t="s">
         <v>2</v>
       </c>
       <c r="G23" s="114" t="s">
         <v>217</v>
       </c>
       <c r="H23" s="28"/>
       <c r="I23" s="28"/>
       <c r="J23" s="28"/>
       <c r="K23" s="28"/>
       <c r="L23" s="28"/>
       <c r="M23" s="28"/>
       <c r="N23" s="28"/>
       <c r="O23" s="28"/>
       <c r="P23" s="28"/>
       <c r="Q23" s="28"/>
       <c r="R23" s="28"/>
       <c r="S23" s="28"/>
       <c r="T23" s="28"/>
       <c r="U23" s="39"/>
       <c r="V23" s="39"/>
       <c r="W23" s="39"/>
       <c r="X23" s="39"/>
       <c r="Y23" s="39"/>
     </row>
     <row r="24" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="114" t="s">
         <v>223</v>
       </c>
       <c r="B24" s="116" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D24" s="191" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="192" t="s">
+      <c r="D24" s="172" t="s">
+        <v>287</v>
+      </c>
+      <c r="E24" s="173" t="s">
+        <v>2</v>
+      </c>
+      <c r="F24" s="173" t="s">
         <v>2</v>
       </c>
       <c r="G24" s="114" t="s">
         <v>223</v>
       </c>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="28"/>
       <c r="L24" s="28"/>
       <c r="M24" s="28"/>
       <c r="N24" s="28"/>
       <c r="O24" s="28"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="28"/>
       <c r="R24" s="28"/>
       <c r="S24" s="28"/>
       <c r="T24" s="28"/>
       <c r="U24" s="39"/>
       <c r="V24" s="39"/>
       <c r="W24" s="39"/>
       <c r="X24" s="39"/>
       <c r="Y24" s="39"/>
     </row>
     <row r="25" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -11983,80 +11951,80 @@
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="28"/>
       <c r="L26" s="28"/>
       <c r="M26" s="28"/>
       <c r="N26" s="28"/>
       <c r="O26" s="28"/>
       <c r="P26" s="28"/>
       <c r="Q26" s="28"/>
       <c r="R26" s="28"/>
       <c r="S26" s="28"/>
       <c r="T26" s="28"/>
       <c r="U26" s="39"/>
       <c r="V26" s="39"/>
       <c r="W26" s="39"/>
       <c r="X26" s="39"/>
       <c r="Y26" s="39"/>
     </row>
     <row r="27" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="43" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C27" s="42"/>
       <c r="D27" s="42"/>
       <c r="E27" s="42"/>
       <c r="F27" s="42"/>
       <c r="G27" s="42"/>
       <c r="H27" s="40"/>
       <c r="I27" s="40"/>
       <c r="J27" s="40"/>
       <c r="K27" s="40"/>
       <c r="L27" s="40"/>
       <c r="M27" s="40"/>
       <c r="N27" s="40"/>
       <c r="O27" s="40"/>
       <c r="P27" s="40"/>
       <c r="Q27" s="40"/>
       <c r="R27" s="40"/>
       <c r="S27" s="39"/>
       <c r="T27" s="39"/>
       <c r="U27" s="39"/>
       <c r="V27" s="39"/>
       <c r="W27" s="39"/>
       <c r="X27" s="39"/>
       <c r="Y27" s="39"/>
       <c r="Z27" s="39"/>
     </row>
     <row r="28" spans="1:26" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="43" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="C28" s="43"/>
       <c r="D28" s="43"/>
       <c r="E28" s="43"/>
       <c r="F28" s="43"/>
       <c r="G28" s="43"/>
       <c r="H28" s="41"/>
       <c r="I28" s="41"/>
       <c r="J28" s="41"/>
       <c r="K28" s="41"/>
       <c r="L28" s="41"/>
       <c r="M28" s="41"/>
       <c r="N28" s="28"/>
       <c r="O28" s="28"/>
       <c r="P28" s="28"/>
       <c r="Q28" s="28"/>
       <c r="R28" s="28"/>
       <c r="S28" s="39"/>
       <c r="T28" s="39"/>
       <c r="U28" s="39"/>
       <c r="V28" s="39"/>
       <c r="W28" s="39"/>
       <c r="X28" s="39"/>
       <c r="Y28" s="39"/>
       <c r="Z28" s="39"/>
@@ -12066,107 +12034,107 @@
       <c r="D29" s="43"/>
       <c r="E29" s="43"/>
       <c r="F29" s="43"/>
       <c r="G29" s="43"/>
       <c r="H29" s="41"/>
       <c r="I29" s="41"/>
       <c r="J29" s="41"/>
       <c r="K29" s="41"/>
       <c r="L29" s="41"/>
       <c r="M29" s="41"/>
       <c r="N29" s="41"/>
       <c r="O29" s="41"/>
       <c r="P29" s="41"/>
       <c r="Q29" s="41"/>
       <c r="R29" s="41"/>
       <c r="S29" s="39"/>
       <c r="T29" s="39"/>
       <c r="U29" s="39"/>
       <c r="V29" s="39"/>
       <c r="W29" s="39"/>
       <c r="X29" s="39"/>
       <c r="Y29" s="39"/>
       <c r="Z29" s="39"/>
     </row>
     <row r="30" spans="1:26" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B30" s="193"/>
+      <c r="B30" s="174"/>
       <c r="C30" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:G6" xr:uid="{00000000-0009-0000-0000-000002000000}">
     <filterColumn colId="3" showButton="0"/>
   </autoFilter>
   <mergeCells count="10">
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:G2"/>
     <mergeCell ref="A1:C2"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C6"/>
     <mergeCell ref="D3:D6"/>
     <mergeCell ref="E3:E6"/>
     <mergeCell ref="F3:F6"/>
     <mergeCell ref="G3:G6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="12.85546875" style="3" customWidth="1"/>
     <col min="3" max="3" width="12.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="61.7109375" customWidth="1"/>
     <col min="5" max="6" width="12.140625" customWidth="1"/>
     <col min="7" max="7" width="14.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="287" t="s">
+      <c r="A1" s="269" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="287"/>
-[...4 lines deleted...]
-      <c r="G1" s="287"/>
+      <c r="B1" s="269"/>
+      <c r="C1" s="269"/>
+      <c r="D1" s="269"/>
+      <c r="E1" s="269"/>
+      <c r="F1" s="269"/>
+      <c r="G1" s="269"/>
     </row>
     <row r="2" spans="1:7" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="46" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="91" t="s">
         <v>203</v>
       </c>
       <c r="C2" s="91" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>204</v>
       </c>
       <c r="E2" s="47" t="s">
         <v>35</v>
       </c>
       <c r="F2" s="47" t="s">
         <v>200</v>
       </c>
       <c r="G2" s="47" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -12634,3274 +12602,3318 @@
       </c>
     </row>
     <row r="36" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D36" s="75" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0009-0000-0000-000003000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{044DBCDC-ABC5-4ECC-ACD1-D2ABFAA4B22E}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
-  <dimension ref="A1:P61"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="58.28515625" customWidth="1"/>
-    <col min="5" max="5" width="12.140625" customWidth="1"/>
+    <col min="5" max="5" width="12.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.85546875" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="213"/>
-[...21 lines deleted...]
-      <c r="A3" s="146" t="s">
+      <c r="A1" s="193"/>
+      <c r="B1" s="194"/>
+      <c r="C1" s="194"/>
+      <c r="D1" s="194" t="s">
+        <v>286</v>
+      </c>
+      <c r="E1" s="194"/>
+      <c r="F1" s="194"/>
+      <c r="G1" s="195"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="144" t="s">
+        <v>481</v>
+      </c>
+      <c r="B2" s="145"/>
+      <c r="C2" s="145"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="146"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="136" t="s">
         <v>60</v>
       </c>
-      <c r="B3" s="147"/>
-[...7 lines deleted...]
-      <c r="A4" s="122" t="s">
+      <c r="B3" s="137"/>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
+      <c r="G3" s="138"/>
+    </row>
+    <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="278" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="132" t="s">
+      <c r="B4" s="279" t="s">
         <v>203</v>
       </c>
-      <c r="C4" s="132" t="s">
+      <c r="C4" s="279" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="133" t="s">
+      <c r="D4" s="277" t="s">
         <v>204</v>
       </c>
-      <c r="E4" s="133" t="s">
+      <c r="E4" s="277" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="133" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="133" t="s">
+      <c r="F4" s="277" t="s">
+        <v>250</v>
+      </c>
+      <c r="G4" s="277" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="13" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="120" t="s">
+    <row r="5" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B5" s="73" t="s">
-[...3 lines deleted...]
-      <c r="D5" s="60" t="s">
+      <c r="B5" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="37"/>
+      <c r="D5" s="175" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="61" t="s">
+      <c r="E5" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="F5" s="61" t="s">
+      <c r="F5" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G5" s="61" t="s">
+      <c r="G5" s="121" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="13" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="120" t="s">
+    <row r="6" spans="1:7" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B6" s="50"/>
-[...3 lines deleted...]
-      <c r="D6" s="124" t="s">
+      <c r="B6" s="122"/>
+      <c r="C6" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="126" t="s">
         <v>211</v>
       </c>
-      <c r="E6" s="125" t="s">
+      <c r="E6" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="125" t="s">
+      <c r="F6" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G6" s="125" t="s">
+      <c r="G6" s="123" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="32" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+    <row r="7" spans="1:7" s="32" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
         <v>235</v>
       </c>
-      <c r="B7" s="93" t="s">
-[...6 lines deleted...]
-      <c r="E7" s="33" t="s">
+      <c r="B7" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="122"/>
+      <c r="D7" s="126" t="s">
+        <v>449</v>
+      </c>
+      <c r="E7" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="123" t="s">
+        <v>2</v>
+      </c>
+      <c r="G7" s="123" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="32" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A8" s="36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B8" s="176" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="176"/>
+      <c r="D8" s="127" t="s">
+        <v>450</v>
+      </c>
+      <c r="E8" s="177" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="33" t="s">
+      <c r="F8" s="177" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="177" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="32" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="4" t="s">
+    <row r="9" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="36" t="s">
         <v>235</v>
       </c>
-      <c r="B8" s="165" t="s">
-[...12 lines deleted...]
-      <c r="G8" s="126" t="s">
+      <c r="B9" s="154" t="s">
+        <v>2</v>
+      </c>
+      <c r="C9" s="124"/>
+      <c r="D9" s="155" t="s">
+        <v>451</v>
+      </c>
+      <c r="E9" s="156" t="s">
+        <v>247</v>
+      </c>
+      <c r="F9" s="156" t="s">
+        <v>247</v>
+      </c>
+      <c r="G9" s="276" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
+    <row r="10" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="36" t="s">
         <v>235</v>
       </c>
-      <c r="B9" s="194" t="s">
-[...12 lines deleted...]
-      <c r="G9" s="33" t="s">
+      <c r="B10" s="158" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="176"/>
+      <c r="D10" s="280" t="s">
+        <v>452</v>
+      </c>
+      <c r="E10" s="157" t="s">
+        <v>247</v>
+      </c>
+      <c r="F10" s="157" t="s">
+        <v>247</v>
+      </c>
+      <c r="G10" s="177" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-    <row r="11" spans="1:7" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B11" s="37" t="s">
-[...6 lines deleted...]
-      <c r="E11" s="173" t="s">
+      <c r="B11" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C11" s="122"/>
+      <c r="D11" s="126" t="s">
+        <v>453</v>
+      </c>
+      <c r="E11" s="156" t="s">
         <v>64</v>
       </c>
-      <c r="F11" s="173" t="s">
-        <v>250</v>
+      <c r="F11" s="123" t="s">
+        <v>38</v>
       </c>
       <c r="G11" s="123" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      <c r="A12" s="120" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B12" s="50" t="s">
-[...6 lines deleted...]
-      <c r="E12" s="125" t="s">
+      <c r="B12" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="175" t="s">
+        <v>454</v>
+      </c>
+      <c r="E12" s="157" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" s="157" t="s">
+        <v>247</v>
+      </c>
+      <c r="G12" s="121" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A13" s="48" t="s">
+        <v>223</v>
+      </c>
+      <c r="B13" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C13" s="122"/>
+      <c r="D13" s="126" t="s">
+        <v>455</v>
+      </c>
+      <c r="E13" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F12" s="125" t="s">
+      <c r="F13" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G12" s="125" t="s">
+      <c r="G13" s="123" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="31.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="4" t="s">
+    <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="36" t="s">
         <v>223</v>
       </c>
-      <c r="B13" s="196" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="31" t="s">
+      <c r="B14" s="176" t="s">
+        <v>2</v>
+      </c>
+      <c r="C14" s="176"/>
+      <c r="D14" s="127" t="s">
         <v>215</v>
       </c>
-      <c r="E13" s="197" t="s">
+      <c r="E14" s="177" t="s">
         <v>54</v>
       </c>
-      <c r="F13" s="197" t="s">
+      <c r="F14" s="177" t="s">
         <v>38</v>
       </c>
-      <c r="G13" s="198" t="s">
+      <c r="G14" s="178" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="120" t="s">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B14" s="50"/>
-[...3 lines deleted...]
-      <c r="D14" s="124" t="s">
+      <c r="B15" s="122"/>
+      <c r="C15" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="126" t="s">
         <v>207</v>
       </c>
-      <c r="E14" s="125" t="s">
+      <c r="E15" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F14" s="125" t="s">
+      <c r="F15" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G14" s="125" t="s">
+      <c r="G15" s="123" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="120" t="s">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B15" s="194" t="s">
-[...3 lines deleted...]
-      <c r="D15" s="176" t="s">
+      <c r="B16" s="158" t="s">
+        <v>2</v>
+      </c>
+      <c r="C16" s="37"/>
+      <c r="D16" s="281" t="s">
         <v>209</v>
       </c>
-      <c r="E15" s="61" t="s">
+      <c r="E16" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="F15" s="61" t="s">
+      <c r="F16" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G15" s="61" t="s">
+      <c r="G16" s="121" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="120" t="s">
+    <row r="17" spans="1:16" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A17" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B16" s="49" t="s">
-[...6 lines deleted...]
-      <c r="E16" s="125" t="s">
+      <c r="B17" s="124" t="s">
+        <v>2</v>
+      </c>
+      <c r="C17" s="122"/>
+      <c r="D17" s="282" t="s">
+        <v>456</v>
+      </c>
+      <c r="E17" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="F16" s="125" t="s">
-[...7 lines deleted...]
-      <c r="A17" s="120" t="s">
+      <c r="F17" s="123" t="s">
+        <v>2</v>
+      </c>
+      <c r="G17" s="123" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A18" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B17" s="73" t="s">
-[...6 lines deleted...]
-      <c r="E17" s="61" t="s">
+      <c r="B18" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="C18" s="37"/>
+      <c r="D18" s="175" t="s">
+        <v>457</v>
+      </c>
+      <c r="E18" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="F17" s="61" t="s">
+      <c r="F18" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="G17" s="61" t="s">
+      <c r="G18" s="121" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="48" t="s">
+    <row r="19" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="48" t="s">
         <v>233</v>
       </c>
-      <c r="B18" s="129" t="s">
+      <c r="B19" s="122" t="s">
         <v>54</v>
       </c>
-      <c r="C18" s="129" t="s">
+      <c r="C19" s="122" t="s">
         <v>54</v>
       </c>
-      <c r="D18" s="169" t="s">
+      <c r="D19" s="155" t="s">
         <v>206</v>
       </c>
-      <c r="E18" s="168" t="s">
+      <c r="E19" s="156" t="s">
         <v>64</v>
       </c>
-      <c r="F18" s="168" t="s">
+      <c r="F19" s="156" t="s">
         <v>64</v>
       </c>
-      <c r="G18" s="170" t="s">
+      <c r="G19" s="156" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="120" t="s">
+    <row r="20" spans="1:16" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A20" s="48" t="s">
         <v>232</v>
       </c>
-      <c r="B19" s="73" t="s">
-[...6 lines deleted...]
-      <c r="E19" s="61" t="s">
+      <c r="B20" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="C20" s="37"/>
+      <c r="D20" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E20" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="F19" s="61" t="s">
+      <c r="F20" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G19" s="61" t="s">
+      <c r="G20" s="121" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="20" spans="1:16" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="48" t="s">
+    <row r="21" spans="1:16" ht="32.25" x14ac:dyDescent="0.25">
+      <c r="A21" s="48" t="s">
         <v>221</v>
       </c>
-      <c r="B20" s="129" t="s">
-[...6 lines deleted...]
-      <c r="E20" s="130" t="s">
+      <c r="B21" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="122"/>
+      <c r="D21" s="155" t="s">
+        <v>459</v>
+      </c>
+      <c r="E21" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="F20" s="170" t="s">
+      <c r="F21" s="156" t="s">
         <v>98</v>
       </c>
-      <c r="G20" s="170" t="s">
+      <c r="G21" s="156" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="4" t="s">
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A22" s="36" t="s">
         <v>234</v>
       </c>
-      <c r="B21" s="73"/>
-[...3 lines deleted...]
-      <c r="D21" s="60" t="s">
+      <c r="B22" s="37"/>
+      <c r="C22" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="D22" s="175" t="s">
         <v>214</v>
       </c>
-      <c r="E21" s="61" t="s">
+      <c r="E22" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="F21" s="61" t="s">
+      <c r="F22" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G21" s="61" t="s">
+      <c r="G22" s="121" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="4" t="s">
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A23" s="36" t="s">
         <v>233</v>
       </c>
-      <c r="B22" s="50" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="124" t="s">
+      <c r="B23" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="122"/>
+      <c r="D23" s="126" t="s">
         <v>213</v>
       </c>
-      <c r="E22" s="125" t="s">
+      <c r="E23" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F22" s="125" t="s">
+      <c r="F23" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G22" s="125" t="s">
+      <c r="G23" s="123" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-    <row r="24" spans="1:16" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B24" s="129" t="s">
-[...9 lines deleted...]
-      <c r="F24" s="125" t="s">
+      <c r="B24" s="37"/>
+      <c r="C24" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="D24" s="175" t="s">
+        <v>212</v>
+      </c>
+      <c r="E24" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G24" s="125" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:16" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F24" s="121" t="s">
+        <v>38</v>
+      </c>
+      <c r="G24" s="121" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B25" s="37" t="s">
-[...6 lines deleted...]
-      <c r="E25" s="173" t="s">
+      <c r="B25" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C25" s="122"/>
+      <c r="D25" s="126" t="s">
+        <v>460</v>
+      </c>
+      <c r="E25" s="156" t="s">
         <v>64</v>
       </c>
-      <c r="F25" s="61" t="s">
+      <c r="F25" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G25" s="61" t="s">
+      <c r="G25" s="123" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="48" t="s">
+        <v>223</v>
+      </c>
+      <c r="B26" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="C26" s="37"/>
+      <c r="D26" s="175" t="s">
+        <v>461</v>
+      </c>
+      <c r="E26" s="157" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" s="121" t="s">
+        <v>38</v>
+      </c>
+      <c r="G26" s="121" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="26" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="120" t="s">
+    <row r="27" spans="1:16" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A27" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B26" s="50" t="s">
-[...6 lines deleted...]
-      <c r="E26" s="125" t="s">
+      <c r="B27" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C27" s="122"/>
+      <c r="D27" s="126" t="s">
+        <v>462</v>
+      </c>
+      <c r="E27" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F26" s="125" t="s">
+      <c r="F27" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="G26" s="125" t="s">
+      <c r="G27" s="123" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="120" t="s">
+    <row r="28" spans="1:16" s="8" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A28" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B27" s="73"/>
-[...6 lines deleted...]
-      <c r="E27" s="61" t="s">
+      <c r="B28" s="37"/>
+      <c r="C28" s="37" t="s">
+        <v>2</v>
+      </c>
+      <c r="D28" s="175" t="s">
+        <v>463</v>
+      </c>
+      <c r="E28" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="F27" s="61" t="s">
+      <c r="F28" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="G27" s="61" t="s">
+      <c r="G28" s="121" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="28" spans="1:16" s="8" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-    <row r="29" spans="1:16" s="8" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16" s="8" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="36" t="s">
         <v>233</v>
       </c>
-      <c r="B29" s="199" t="s">
-[...4 lines deleted...]
-        <v>307</v>
+      <c r="B29" s="180" t="s">
+        <v>2</v>
+      </c>
+      <c r="C29" s="122"/>
+      <c r="D29" s="126" t="s">
+        <v>464</v>
       </c>
       <c r="E29" s="123" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="F29" s="171" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" s="123" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" s="123" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" s="71" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B30" s="179" t="s">
+        <v>262</v>
+      </c>
+      <c r="C30" s="37"/>
+      <c r="D30" s="175" t="s">
+        <v>465</v>
+      </c>
+      <c r="E30" s="121" t="s">
+        <v>263</v>
+      </c>
+      <c r="F30" s="157" t="s">
         <v>20</v>
       </c>
-      <c r="G29" s="123" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="48" t="s">
+      <c r="G30" s="121" t="s">
+        <v>265</v>
+      </c>
+      <c r="P30" s="72"/>
+    </row>
+    <row r="31" spans="1:16" s="28" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="48" t="s">
         <v>235</v>
       </c>
-      <c r="B30" s="166" t="s">
-[...26 lines deleted...]
-        <v>254</v>
+      <c r="B31" s="154" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="122"/>
+      <c r="D31" s="155" t="s">
+        <v>249</v>
       </c>
       <c r="E31" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="F31" s="162" t="s">
-        <v>249</v>
+      <c r="F31" s="123" t="s">
+        <v>38</v>
       </c>
       <c r="G31" s="123" t="s">
         <v>40</v>
       </c>
       <c r="H31" s="29"/>
       <c r="I31" s="29"/>
       <c r="J31" s="29"/>
       <c r="K31" s="29"/>
     </row>
-    <row r="32" spans="1:16" s="28" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>274</v>
+    <row r="32" spans="1:16" s="28" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="48" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" s="158" t="s">
+        <v>2</v>
+      </c>
+      <c r="C32" s="271"/>
+      <c r="D32" s="281" t="s">
+        <v>248</v>
+      </c>
+      <c r="E32" s="121" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" s="151" t="s">
+        <v>246</v>
+      </c>
+      <c r="G32" s="121" t="s">
+        <v>40</v>
       </c>
       <c r="H32" s="29"/>
       <c r="I32" s="29"/>
       <c r="J32" s="29"/>
       <c r="K32" s="29"/>
     </row>
-    <row r="33" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G33" s="81"/>
+    <row r="33" spans="1:11" s="28" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" s="124" t="s">
+        <v>2</v>
+      </c>
+      <c r="C33" s="124" t="s">
+        <v>54</v>
+      </c>
+      <c r="D33" s="148" t="s">
+        <v>466</v>
+      </c>
+      <c r="E33" s="156" t="s">
+        <v>64</v>
+      </c>
+      <c r="F33" s="149" t="s">
+        <v>2</v>
+      </c>
+      <c r="G33" s="149" t="s">
+        <v>266</v>
+      </c>
       <c r="H33" s="29"/>
       <c r="I33" s="29"/>
       <c r="J33" s="29"/>
       <c r="K33" s="29"/>
     </row>
-    <row r="34" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="G34" s="29"/>
+    <row r="34" spans="1:11" s="28" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="3"/>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="79"/>
+      <c r="E34" s="80"/>
+      <c r="F34" s="81"/>
+      <c r="G34" s="81"/>
       <c r="H34" s="30"/>
       <c r="J34" s="29"/>
       <c r="K34" s="29"/>
     </row>
-    <row r="35" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" s="28" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="29"/>
-      <c r="B35" s="28" t="s">
-        <v>237</v>
+      <c r="B35" s="30" t="s">
+        <v>236</v>
       </c>
       <c r="C35" s="29"/>
-      <c r="E35" s="30"/>
-[...1 lines deleted...]
-      <c r="G35" s="30"/>
+      <c r="G35" s="29"/>
       <c r="H35" s="29"/>
       <c r="J35" s="29"/>
       <c r="K35" s="29"/>
     </row>
-    <row r="36" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" s="28" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="29"/>
+      <c r="B36" s="28" t="s">
+        <v>237</v>
+      </c>
       <c r="C36" s="29"/>
-      <c r="F36" s="29"/>
-      <c r="G36" s="29"/>
+      <c r="E36" s="30"/>
+      <c r="F36" s="30"/>
+      <c r="G36" s="30"/>
       <c r="H36" s="29"/>
       <c r="J36" s="29"/>
       <c r="K36" s="29"/>
     </row>
-    <row r="37" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:11" s="28" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="29"/>
-      <c r="B37" s="90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
     </row>
-    <row r="38" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A38" s="29"/>
-      <c r="B38" s="28" t="s">
-        <v>239</v>
+      <c r="B38" s="90" t="s">
+        <v>264</v>
       </c>
       <c r="C38" s="29"/>
       <c r="F38" s="29"/>
       <c r="G38" s="29"/>
     </row>
-    <row r="39" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A39" s="29"/>
       <c r="B39" s="28" t="s">
-        <v>240</v>
+        <v>467</v>
       </c>
       <c r="C39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
     </row>
-    <row r="40" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A40" s="29"/>
       <c r="B40" s="28" t="s">
-        <v>251</v>
+        <v>189</v>
       </c>
       <c r="C40" s="29"/>
+      <c r="F40" s="29"/>
+      <c r="G40" s="29"/>
       <c r="H40" s="29"/>
       <c r="J40" s="29"/>
       <c r="K40" s="29"/>
     </row>
-    <row r="41" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A41" s="29"/>
       <c r="B41" s="28" t="s">
-        <v>277</v>
+        <v>191</v>
       </c>
       <c r="C41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
       <c r="H41" s="29"/>
       <c r="J41" s="29"/>
       <c r="K41" s="29"/>
     </row>
-    <row r="42" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A42" s="29"/>
       <c r="B42" s="28" t="s">
-        <v>278</v>
+        <v>468</v>
       </c>
       <c r="C42" s="29"/>
       <c r="H42" s="29"/>
       <c r="J42" s="29"/>
       <c r="K42" s="29"/>
     </row>
-    <row r="43" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A43" s="29"/>
       <c r="B43" s="28" t="s">
-        <v>279</v>
+        <v>469</v>
       </c>
       <c r="C43" s="29"/>
       <c r="H43" s="29"/>
       <c r="J43" s="29"/>
       <c r="K43" s="29"/>
     </row>
-    <row r="44" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A44" s="29"/>
       <c r="B44" s="28" t="s">
-        <v>280</v>
+        <v>470</v>
       </c>
       <c r="C44" s="29"/>
       <c r="H44" s="29"/>
       <c r="J44" s="29"/>
       <c r="K44" s="29"/>
     </row>
-    <row r="45" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A45" s="29"/>
       <c r="B45" s="28" t="s">
-        <v>309</v>
+        <v>471</v>
       </c>
       <c r="C45" s="29"/>
     </row>
-    <row r="46" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A46" s="29"/>
       <c r="B46" s="28" t="s">
-        <v>310</v>
+        <v>472</v>
       </c>
       <c r="C46" s="29"/>
     </row>
-    <row r="47" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A47" s="29"/>
-      <c r="B47" s="121" t="s">
-        <v>311</v>
+      <c r="B47" s="28" t="s">
+        <v>473</v>
       </c>
       <c r="C47" s="29"/>
     </row>
-    <row r="48" spans="1:11" s="28" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:11" s="28" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A48" s="29"/>
       <c r="B48" s="28" t="s">
-        <v>312</v>
+        <v>474</v>
       </c>
       <c r="C48" s="29"/>
     </row>
     <row r="49" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A49" s="29"/>
-      <c r="B49" s="90" t="s">
-        <v>313</v>
+      <c r="B49" s="120" t="s">
+        <v>475</v>
       </c>
       <c r="C49" s="29"/>
+      <c r="D49" s="28"/>
       <c r="E49" s="28"/>
       <c r="F49" s="28"/>
       <c r="G49" s="28"/>
     </row>
     <row r="50" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A50" s="3"/>
+      <c r="A50" s="29"/>
       <c r="B50" s="28" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="C50" s="3"/>
+        <v>476</v>
+      </c>
+      <c r="C50" s="29"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="28"/>
     </row>
     <row r="51" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A51" s="3"/>
-[...3 lines deleted...]
-      <c r="C51" s="3"/>
+      <c r="A51" s="29"/>
+      <c r="B51" s="90" t="s">
+        <v>477</v>
+      </c>
+      <c r="C51" s="29"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="28"/>
+      <c r="G51" s="28"/>
     </row>
     <row r="52" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A52" s="3"/>
-      <c r="B52" s="149" t="s">
-        <v>315</v>
+      <c r="B52" s="28" t="s">
+        <v>478</v>
       </c>
       <c r="C52" s="3"/>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A53" s="3"/>
-      <c r="B53" s="3"/>
+      <c r="B53" s="24" t="s">
+        <v>479</v>
+      </c>
       <c r="C53" s="3"/>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A54" s="3"/>
-      <c r="B54" s="3"/>
+      <c r="B54" s="139" t="s">
+        <v>480</v>
+      </c>
       <c r="C54" s="3"/>
-      <c r="D54" s="28" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="3"/>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
-      <c r="D55" s="75" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="3"/>
       <c r="B56" s="3"/>
+      <c r="C56" s="3"/>
+      <c r="D56" s="28" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D57" t="s">
-        <v>282</v>
+      <c r="A57" s="3"/>
+      <c r="B57" s="3"/>
+      <c r="C57" s="3"/>
+      <c r="D57" s="75" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D58" s="75" t="s">
-        <v>283</v>
+      <c r="B58" s="3"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D59" t="s">
+        <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="D60" t="s">
-[...5 lines deleted...]
-        <v>284</v>
+      <c r="D60" s="75" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D62" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D63" s="75" t="s">
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A4:G32" xr:uid="{044DBCDC-ABC5-4ECC-ACD1-D2ABFAA4B22E}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:G39">
       <sortCondition ref="D4"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
-    <hyperlink ref="D58" r:id="rId1" xr:uid="{723042F0-7117-4C91-9A5A-4964B631421A}"/>
-    <hyperlink ref="D61" r:id="rId2" xr:uid="{394EFEF5-2480-4138-B43A-E1362D32DCC7}"/>
+    <hyperlink ref="D60" r:id="rId1" xr:uid="{9FB3F7C9-D259-4B1D-B6E2-151000D3C1FE}"/>
+    <hyperlink ref="D63" r:id="rId2" xr:uid="{16A3BF1D-CAE7-41AC-8A3F-F73BBAF55AAC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4F88946-5210-48D8-AC5B-0BD037AF7F88}">
   <sheetPr>
     <tabColor theme="5" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="83.85546875" customWidth="1"/>
-    <col min="3" max="3" width="11.85546875" customWidth="1"/>
+    <col min="3" max="3" width="14" customWidth="1"/>
     <col min="4" max="4" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="208"/>
-      <c r="B1" s="209" t="s">
+      <c r="A1" s="188"/>
+      <c r="B1" s="189" t="s">
         <v>75</v>
       </c>
-      <c r="C1" s="209"/>
-      <c r="D1" s="210"/>
+      <c r="C1" s="189"/>
+      <c r="D1" s="190"/>
     </row>
     <row r="2" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="201" t="s">
-[...4 lines deleted...]
-      <c r="D2" s="203"/>
+      <c r="A2" s="181" t="s">
+        <v>482</v>
+      </c>
+      <c r="B2" s="182"/>
+      <c r="C2" s="182"/>
+      <c r="D2" s="183"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="223" t="s">
+      <c r="A3" s="203" t="s">
         <v>60</v>
       </c>
-      <c r="B3" s="224"/>
-[...1 lines deleted...]
-      <c r="D3" s="225"/>
+      <c r="B3" s="204"/>
+      <c r="C3" s="204"/>
+      <c r="D3" s="205"/>
     </row>
     <row r="4" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A4" s="46" t="s">
+      <c r="A4" s="286" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="134" t="s">
+      <c r="B4" s="287" t="s">
         <v>34</v>
       </c>
-      <c r="C4" s="134" t="s">
+      <c r="C4" s="287" t="s">
         <v>77</v>
       </c>
-      <c r="D4" s="134" t="s">
+      <c r="D4" s="287" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="120" t="s">
+      <c r="A5" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B5" s="60" t="s">
+      <c r="B5" s="273" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="61" t="s">
+      <c r="C5" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="D5" s="61" t="s">
+      <c r="D5" s="121" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="36" t="s">
         <v>217</v>
       </c>
-      <c r="B6" s="127" t="s">
+      <c r="B6" s="275" t="s">
         <v>80</v>
       </c>
-      <c r="C6" s="126" t="s">
+      <c r="C6" s="276" t="s">
         <v>54</v>
       </c>
-      <c r="D6" s="126" t="s">
+      <c r="D6" s="276" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="36" t="s">
         <v>235</v>
       </c>
-      <c r="B7" s="31" t="s">
+      <c r="B7" s="274" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="33" t="s">
+      <c r="C7" s="177" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="33" t="s">
+      <c r="D7" s="177" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="4" t="s">
+    <row r="8" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A8" s="36" t="s">
         <v>235</v>
       </c>
-      <c r="B8" s="127" t="s">
+      <c r="B8" s="275" t="s">
         <v>67</v>
       </c>
-      <c r="C8" s="126" t="s">
+      <c r="C8" s="276" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="126" t="s">
+      <c r="D8" s="276" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="120" t="s">
+    <row r="9" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B9" s="60" t="s">
+      <c r="B9" s="273" t="s">
         <v>82</v>
       </c>
-      <c r="C9" s="61" t="s">
+      <c r="C9" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="D9" s="61" t="s">
+      <c r="D9" s="121" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="120" t="s">
+    <row r="10" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B10" s="124" t="s">
+      <c r="B10" s="272" t="s">
         <v>83</v>
       </c>
-      <c r="C10" s="125" t="s">
+      <c r="C10" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="125" t="s">
+      <c r="D10" s="123" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="120" t="s">
+      <c r="A11" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B11" s="60" t="s">
+      <c r="B11" s="273" t="s">
         <v>62</v>
       </c>
-      <c r="C11" s="61" t="s">
+      <c r="C11" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="D11" s="61" t="s">
+      <c r="D11" s="121" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="36" t="s">
         <v>223</v>
       </c>
-      <c r="B12" s="127" t="s">
+      <c r="B12" s="275" t="s">
         <v>84</v>
       </c>
-      <c r="C12" s="126" t="s">
+      <c r="C12" s="276" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="128" t="s">
+      <c r="D12" s="285" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="120" t="s">
+      <c r="A13" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B13" s="60" t="s">
+      <c r="B13" s="273" t="s">
         <v>48</v>
       </c>
-      <c r="C13" s="61" t="s">
+      <c r="C13" s="121" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="61" t="s">
+      <c r="D13" s="121" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="48" t="s">
         <v>217</v>
       </c>
-      <c r="B14" s="136" t="s">
+      <c r="B14" s="272" t="s">
         <v>100</v>
       </c>
-      <c r="C14" s="170" t="s">
+      <c r="C14" s="156" t="s">
         <v>98</v>
       </c>
-      <c r="D14" s="159" t="s">
+      <c r="D14" s="283" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="120" t="s">
+    <row r="15" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A15" s="48" t="s">
         <v>232</v>
       </c>
-      <c r="B15" s="60" t="s">
+      <c r="B15" s="273" t="s">
         <v>50</v>
       </c>
-      <c r="C15" s="61" t="s">
+      <c r="C15" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="D15" s="61" t="s">
+      <c r="D15" s="121" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="120" t="s">
+      <c r="A16" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="B16" s="124" t="s">
+      <c r="B16" s="272" t="s">
         <v>49</v>
       </c>
-      <c r="C16" s="125" t="s">
+      <c r="C16" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="D16" s="125" t="s">
+      <c r="D16" s="123" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="120" t="s">
+      <c r="A17" s="48" t="s">
         <v>217</v>
       </c>
-      <c r="B17" s="60" t="s">
+      <c r="B17" s="273" t="s">
         <v>81</v>
       </c>
-      <c r="C17" s="61" t="s">
+      <c r="C17" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="D17" s="61" t="s">
+      <c r="D17" s="121" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="120" t="s">
+      <c r="A18" s="48" t="s">
         <v>217</v>
       </c>
-      <c r="B18" s="124" t="s">
+      <c r="B18" s="272" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="125" t="s">
+      <c r="C18" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="D18" s="125" t="s">
+      <c r="D18" s="123" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="36" t="s">
         <v>217</v>
       </c>
-      <c r="B19" s="137" t="s">
+      <c r="B19" s="274" t="s">
         <v>46</v>
       </c>
-      <c r="C19" s="171" t="s">
+      <c r="C19" s="157" t="s">
         <v>64</v>
       </c>
-      <c r="D19" s="160" t="s">
+      <c r="D19" s="284" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="25.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="19"/>
-      <c r="B20" s="135"/>
+      <c r="B20" s="125"/>
       <c r="C20" s="84"/>
       <c r="D20" s="84"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B21" s="30" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="21"/>
       <c r="B22" s="28" t="s">
         <v>237</v>
       </c>
       <c r="C22" s="84"/>
       <c r="D22" s="84"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="C23" s="30"/>
       <c r="D23" s="30"/>
     </row>
     <row r="24" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A24" s="29"/>
       <c r="B24" s="28" t="s">
         <v>78</v>
       </c>
       <c r="C24" s="30"/>
       <c r="D24" s="30"/>
     </row>
     <row r="25" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A25" s="29"/>
       <c r="B25" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C25" s="29"/>
       <c r="D25" s="29"/>
     </row>
     <row r="26" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A26" s="29"/>
       <c r="B26" s="28" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
     </row>
     <row r="27" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A27" s="29"/>
       <c r="B27" s="90" t="s">
         <v>216</v>
       </c>
       <c r="C27" s="28"/>
       <c r="D27" s="28"/>
     </row>
     <row r="28" spans="1:4" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="28" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="28" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="75" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="75" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A4:D4" xr:uid="{D4F88946-5210-48D8-AC5B-0BD037AF7F88}"/>
   <hyperlinks>
     <hyperlink ref="B34" r:id="rId1" xr:uid="{FA37FF5D-EF39-4ADB-9F1A-5E05B1BBC659}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A1:E74"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="24" customWidth="1"/>
     <col min="2" max="2" width="29" style="24" customWidth="1"/>
     <col min="3" max="3" width="90.140625" style="1" customWidth="1"/>
     <col min="4" max="5" width="20.7109375" style="21" customWidth="1"/>
     <col min="6" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="226"/>
-[...1 lines deleted...]
-      <c r="C1" s="157" t="s">
+      <c r="A1" s="206"/>
+      <c r="B1" s="147"/>
+      <c r="C1" s="147" t="s">
         <v>55</v>
       </c>
-      <c r="D1" s="157"/>
-      <c r="E1" s="157"/>
+      <c r="D1" s="147"/>
+      <c r="E1" s="147"/>
     </row>
     <row r="2" spans="1:5" ht="90" x14ac:dyDescent="0.25">
-      <c r="A2" s="239" t="s">
+      <c r="A2" s="219" t="s">
+        <v>322</v>
+      </c>
+      <c r="B2" s="219" t="s">
+        <v>323</v>
+      </c>
+      <c r="C2" s="220" t="s">
+        <v>324</v>
+      </c>
+      <c r="D2" s="220" t="s">
+        <v>325</v>
+      </c>
+      <c r="E2" s="220" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="120" x14ac:dyDescent="0.25">
+      <c r="A3" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B3" s="222" t="s">
+        <v>327</v>
+      </c>
+      <c r="C3" s="223" t="s">
+        <v>328</v>
+      </c>
+      <c r="D3" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E3" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="210" x14ac:dyDescent="0.25">
+      <c r="A4" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B4" s="222" t="s">
+        <v>330</v>
+      </c>
+      <c r="C4" s="223" t="s">
+        <v>331</v>
+      </c>
+      <c r="D4" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E4" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A5" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B5" s="222" t="s">
+        <v>332</v>
+      </c>
+      <c r="C5" s="223" t="s">
+        <v>333</v>
+      </c>
+      <c r="D5" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E5" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B6" s="222" t="s">
+        <v>334</v>
+      </c>
+      <c r="C6" s="223" t="s">
+        <v>335</v>
+      </c>
+      <c r="D6" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E6" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A7" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B7" s="222" t="s">
+        <v>336</v>
+      </c>
+      <c r="C7" s="223" t="s">
+        <v>337</v>
+      </c>
+      <c r="D7" s="224" t="s">
+        <v>338</v>
+      </c>
+      <c r="E7" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B8" s="222" t="s">
+        <v>339</v>
+      </c>
+      <c r="C8" s="223" t="s">
+        <v>340</v>
+      </c>
+      <c r="D8" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E8" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="165" x14ac:dyDescent="0.25">
+      <c r="A9" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B9" s="222" t="s">
+        <v>341</v>
+      </c>
+      <c r="C9" s="223" t="s">
+        <v>342</v>
+      </c>
+      <c r="D9" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E9" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="240" x14ac:dyDescent="0.25">
+      <c r="A10" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B10" s="222" t="s">
+        <v>343</v>
+      </c>
+      <c r="C10" s="223" t="s">
+        <v>344</v>
+      </c>
+      <c r="D10" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E10" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="255" x14ac:dyDescent="0.25">
+      <c r="A11" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B11" s="258" t="s">
+        <v>445</v>
+      </c>
+      <c r="C11" s="259" t="s">
+        <v>447</v>
+      </c>
+      <c r="D11" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E11" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="300" x14ac:dyDescent="0.25">
+      <c r="A12" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B12" s="258" t="s">
+        <v>446</v>
+      </c>
+      <c r="C12" s="259" t="s">
+        <v>448</v>
+      </c>
+      <c r="D12" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E12" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A13" s="221" t="s">
+        <v>326</v>
+      </c>
+      <c r="B13" s="222" t="s">
+        <v>345</v>
+      </c>
+      <c r="C13" s="223" t="s">
+        <v>346</v>
+      </c>
+      <c r="D13" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E13" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="221" t="s">
+        <v>347</v>
+      </c>
+      <c r="B14" s="222" t="s">
+        <v>348</v>
+      </c>
+      <c r="C14" s="113" t="s">
+        <v>347</v>
+      </c>
+      <c r="D14" s="224" t="s">
+        <v>349</v>
+      </c>
+      <c r="E14" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="221" t="s">
+        <v>347</v>
+      </c>
+      <c r="B15" s="222" t="s">
+        <v>350</v>
+      </c>
+      <c r="C15" s="223" t="s">
+        <v>347</v>
+      </c>
+      <c r="D15" s="224" t="s">
+        <v>349</v>
+      </c>
+      <c r="E15" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="195" x14ac:dyDescent="0.25">
+      <c r="A16" s="221" t="s">
+        <v>347</v>
+      </c>
+      <c r="B16" s="222" t="s">
+        <v>351</v>
+      </c>
+      <c r="C16" s="113" t="s">
+        <v>347</v>
+      </c>
+      <c r="D16" s="224" t="s">
+        <v>349</v>
+      </c>
+      <c r="E16" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="227"/>
+      <c r="B17" s="227"/>
+      <c r="C17" s="228"/>
+      <c r="D17" s="229"/>
+      <c r="E17" s="230"/>
+    </row>
+    <row r="18" spans="1:5" ht="105" x14ac:dyDescent="0.25">
+      <c r="A18" s="221" t="s">
+        <v>352</v>
+      </c>
+      <c r="B18" s="222" t="s">
+        <v>353</v>
+      </c>
+      <c r="C18" s="113" t="s">
+        <v>354</v>
+      </c>
+      <c r="D18" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E18" s="225" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="270" x14ac:dyDescent="0.25">
+      <c r="A19" s="221" t="s">
+        <v>352</v>
+      </c>
+      <c r="B19" s="222" t="s">
         <v>355</v>
       </c>
-      <c r="B2" s="239" t="s">
+      <c r="C19" s="223" t="s">
         <v>356</v>
       </c>
-      <c r="C2" s="240" t="s">
+      <c r="D19" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E19" s="225" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="231" t="s">
+        <v>352</v>
+      </c>
+      <c r="B20" s="232" t="s">
         <v>357</v>
       </c>
-      <c r="D2" s="240" t="s">
+      <c r="C20" s="233" t="s">
         <v>358</v>
       </c>
-      <c r="E2" s="240" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="241" t="s">
+      <c r="D20" s="234" t="s">
+        <v>329</v>
+      </c>
+      <c r="E20" s="235" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A21" s="231" t="s">
+        <v>352</v>
+      </c>
+      <c r="B21" s="232" t="s">
         <v>359</v>
       </c>
-      <c r="B3" s="242" t="s">
+      <c r="C21" s="233" t="s">
         <v>360</v>
       </c>
-      <c r="C3" s="243" t="s">
+      <c r="D21" s="234" t="s">
+        <v>329</v>
+      </c>
+      <c r="E21" s="235" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="236"/>
+      <c r="B22" s="236"/>
+      <c r="C22" s="237"/>
+      <c r="D22" s="229"/>
+      <c r="E22" s="230"/>
+    </row>
+    <row r="23" spans="1:5" ht="210" x14ac:dyDescent="0.25">
+      <c r="A23" s="221" t="s">
         <v>361</v>
       </c>
-      <c r="D3" s="244" t="s">
+      <c r="B23" s="222" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="223" t="s">
         <v>362</v>
       </c>
-      <c r="E3" s="245" t="s">
-[...7 lines deleted...]
-      <c r="B4" s="242" t="s">
+      <c r="D23" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E23" s="226" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A24" s="238" t="s">
+        <v>361</v>
+      </c>
+      <c r="B24" s="239" t="s">
         <v>363</v>
       </c>
-      <c r="C4" s="243" t="s">
+      <c r="C24" s="240" t="s">
         <v>364</v>
       </c>
-      <c r="D4" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B5" s="242" t="s">
+      <c r="D24" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="E24" s="242" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="238" t="s">
+        <v>361</v>
+      </c>
+      <c r="B25" s="239" t="s">
         <v>365</v>
       </c>
-      <c r="C5" s="243" t="s">
+      <c r="C25" s="240" t="s">
         <v>366</v>
       </c>
-      <c r="D5" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B6" s="242" t="s">
+      <c r="D25" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="E25" s="242" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="238" t="s">
+        <v>361</v>
+      </c>
+      <c r="B26" s="239" t="s">
         <v>367</v>
       </c>
-      <c r="C6" s="243" t="s">
+      <c r="C26" s="240" t="s">
         <v>368</v>
       </c>
-      <c r="D6" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B7" s="242" t="s">
+      <c r="D26" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="E26" s="242" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="390" x14ac:dyDescent="0.25">
+      <c r="A27" s="238" t="s">
+        <v>361</v>
+      </c>
+      <c r="B27" s="239" t="s">
         <v>369</v>
       </c>
-      <c r="C7" s="243" t="s">
+      <c r="C27" s="240" t="s">
         <v>370</v>
       </c>
-      <c r="D7" s="244" t="s">
+      <c r="D27" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="E27" s="242" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="236"/>
+      <c r="B28" s="236"/>
+      <c r="C28" s="237"/>
+      <c r="D28" s="229"/>
+      <c r="E28" s="243"/>
+    </row>
+    <row r="29" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A29" s="222" t="s">
         <v>371</v>
       </c>
-      <c r="E7" s="245" t="s">
-[...7 lines deleted...]
-      <c r="B8" s="242" t="s">
+      <c r="B29" s="222" t="s">
         <v>372</v>
       </c>
-      <c r="C8" s="243" t="s">
+      <c r="C29" s="223" t="s">
         <v>373</v>
       </c>
-      <c r="D8" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B9" s="242" t="s">
+      <c r="D29" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E29" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A30" s="222" t="s">
+        <v>371</v>
+      </c>
+      <c r="B30" s="222" t="s">
         <v>374</v>
       </c>
-      <c r="C9" s="243" t="s">
+      <c r="C30" s="223" t="s">
+        <v>373</v>
+      </c>
+      <c r="D30" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E30" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A31" s="222" t="s">
+        <v>371</v>
+      </c>
+      <c r="B31" s="222" t="s">
         <v>375</v>
       </c>
-      <c r="D9" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B10" s="242" t="s">
+      <c r="C31" s="223" t="s">
         <v>376</v>
       </c>
-      <c r="C10" s="243" t="s">
+      <c r="D31" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E31" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="221" t="s">
         <v>377</v>
       </c>
-      <c r="D10" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B11" s="242" t="s">
+      <c r="B32" s="222" t="s">
         <v>378</v>
       </c>
-      <c r="C11" s="243" t="s">
+      <c r="C32" s="223" t="s">
         <v>379</v>
       </c>
-      <c r="D11" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B12" s="242" t="s">
+      <c r="D32" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E32" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A33" s="221" t="s">
+        <v>377</v>
+      </c>
+      <c r="B33" s="222" t="s">
         <v>380</v>
       </c>
-      <c r="C12" s="243" t="s">
+      <c r="C33" s="223" t="s">
         <v>381</v>
       </c>
-      <c r="D12" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B13" s="242" t="s">
+      <c r="D33" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E33" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A34" s="221" t="s">
+        <v>377</v>
+      </c>
+      <c r="B34" s="222" t="s">
         <v>382</v>
       </c>
-      <c r="C13" s="243" t="s">
+      <c r="C34" s="223" t="s">
         <v>383</v>
       </c>
-      <c r="D13" s="244" t="s">
-[...7 lines deleted...]
-      <c r="A14" s="241" t="s">
+      <c r="D34" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E34" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="105" x14ac:dyDescent="0.25">
+      <c r="A35" s="221" t="s">
+        <v>377</v>
+      </c>
+      <c r="B35" s="222" t="s">
         <v>384</v>
       </c>
-      <c r="B14" s="242" t="s">
+      <c r="C35" s="223" t="s">
         <v>385</v>
       </c>
-      <c r="C14" s="113" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="244" t="s">
+      <c r="D35" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E35" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="244"/>
+      <c r="B36" s="244"/>
+      <c r="D36" s="245"/>
+      <c r="E36" s="19"/>
+    </row>
+    <row r="37" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A37" s="221" t="s">
         <v>386</v>
       </c>
-      <c r="E14" s="246" t="s">
-[...7 lines deleted...]
-      <c r="B15" s="242" t="s">
+      <c r="B37" s="222" t="s">
         <v>387</v>
       </c>
-      <c r="C15" s="243" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="244" t="s">
+      <c r="C37" s="223" t="s">
+        <v>388</v>
+      </c>
+      <c r="D37" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E37" s="226" t="s">
         <v>386</v>
       </c>
-      <c r="E15" s="246" t="s">
-[...13 lines deleted...]
-      <c r="D16" s="244" t="s">
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="221" t="s">
         <v>386</v>
       </c>
-      <c r="E16" s="245" t="s">
-[...11 lines deleted...]
-      <c r="A18" s="241" t="s">
+      <c r="B38" s="222" t="s">
         <v>389</v>
       </c>
-      <c r="B18" s="242" t="s">
+      <c r="C38" s="223" t="s">
         <v>390</v>
       </c>
-      <c r="C18" s="113" t="s">
+      <c r="D38" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E38" s="226" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A39" s="221" t="s">
+        <v>386</v>
+      </c>
+      <c r="B39" s="222" t="s">
         <v>391</v>
       </c>
-      <c r="D18" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B19" s="242" t="s">
+      <c r="C39" s="223" t="s">
         <v>392</v>
       </c>
-      <c r="C19" s="243" t="s">
+      <c r="D39" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E39" s="226" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A40" s="221" t="s">
+        <v>386</v>
+      </c>
+      <c r="B40" s="222" t="s">
         <v>393</v>
       </c>
-      <c r="D19" s="244" t="s">
-[...10 lines deleted...]
-      <c r="B20" s="252" t="s">
+      <c r="C40" s="223" t="s">
         <v>394</v>
       </c>
-      <c r="C20" s="253" t="s">
+      <c r="D40" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E40" s="226" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="210" x14ac:dyDescent="0.25">
+      <c r="A41" s="221" t="s">
+        <v>386</v>
+      </c>
+      <c r="B41" s="222" t="s">
         <v>395</v>
       </c>
-      <c r="D20" s="254" t="s">
-[...10 lines deleted...]
-      <c r="B21" s="252" t="s">
+      <c r="C41" s="223" t="s">
         <v>396</v>
       </c>
-      <c r="C21" s="253" t="s">
+      <c r="D41" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E41" s="226" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A42" s="221" t="s">
+        <v>386</v>
+      </c>
+      <c r="B42" s="222" t="s">
         <v>397</v>
       </c>
-      <c r="D21" s="254" t="s">
-[...14 lines deleted...]
-      <c r="A23" s="241" t="s">
+      <c r="C42" s="223" t="s">
+        <v>390</v>
+      </c>
+      <c r="D42" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E42" s="226" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="285" x14ac:dyDescent="0.25">
+      <c r="A43" s="221" t="s">
+        <v>386</v>
+      </c>
+      <c r="B43" s="222" t="s">
+        <v>386</v>
+      </c>
+      <c r="C43" s="223" t="s">
         <v>398</v>
       </c>
-      <c r="B23" s="242" t="s">
-[...328 lines deleted...]
-        <v>423</v>
+      <c r="D43" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E43" s="226" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="D44" s="24"/>
     </row>
     <row r="45" spans="1:5" ht="90" x14ac:dyDescent="0.25">
-      <c r="A45" s="239" t="s">
-[...8 lines deleted...]
-      <c r="D45" s="266" t="s">
+      <c r="A45" s="219" t="s">
+        <v>322</v>
+      </c>
+      <c r="B45" s="219" t="s">
+        <v>323</v>
+      </c>
+      <c r="C45" s="220" t="s">
+        <v>324</v>
+      </c>
+      <c r="D45" s="246" t="s">
+        <v>399</v>
+      </c>
+      <c r="E45" s="220" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A46" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B46" s="222" t="s">
+        <v>401</v>
+      </c>
+      <c r="C46" s="223" t="s">
+        <v>402</v>
+      </c>
+      <c r="D46" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E46" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A47" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B47" s="222" t="s">
+        <v>403</v>
+      </c>
+      <c r="C47" s="223" t="s">
+        <v>404</v>
+      </c>
+      <c r="D47" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E47" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="247" t="s">
+        <v>400</v>
+      </c>
+      <c r="B48" s="248" t="s">
+        <v>405</v>
+      </c>
+      <c r="C48" s="223" t="s">
+        <v>406</v>
+      </c>
+      <c r="D48" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E48" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B49" s="222" t="s">
+        <v>3</v>
+      </c>
+      <c r="C49" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D49" s="249" t="s">
+        <v>329</v>
+      </c>
+      <c r="E49" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B50" s="222" t="s">
+        <v>408</v>
+      </c>
+      <c r="C50" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D50" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E50" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A51" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B51" s="222" t="s">
+        <v>409</v>
+      </c>
+      <c r="C51" s="223" t="s">
+        <v>410</v>
+      </c>
+      <c r="D51" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E51" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B52" s="222" t="s">
+        <v>411</v>
+      </c>
+      <c r="C52" s="223" t="s">
+        <v>407</v>
+      </c>
+      <c r="D52" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E52" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B53" s="222" t="s">
+        <v>412</v>
+      </c>
+      <c r="C53" s="223" t="s">
+        <v>407</v>
+      </c>
+      <c r="D53" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E53" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B54" s="222" t="s">
+        <v>413</v>
+      </c>
+      <c r="C54" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D54" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E54" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B55" s="222" t="s">
+        <v>414</v>
+      </c>
+      <c r="C55" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D55" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E55" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B56" s="222" t="s">
+        <v>415</v>
+      </c>
+      <c r="C56" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D56" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E56" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A57" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B57" s="222" t="s">
+        <v>416</v>
+      </c>
+      <c r="C57" s="223" t="s">
+        <v>417</v>
+      </c>
+      <c r="D57" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E57" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B58" s="222" t="s">
+        <v>418</v>
+      </c>
+      <c r="C58" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D58" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E58" s="226" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B59" s="222" t="s">
+        <v>419</v>
+      </c>
+      <c r="C59" s="113" t="s">
+        <v>407</v>
+      </c>
+      <c r="D59" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E59" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="250" t="s">
+        <v>400</v>
+      </c>
+      <c r="B60" s="251" t="s">
+        <v>420</v>
+      </c>
+      <c r="C60" s="252" t="s">
+        <v>407</v>
+      </c>
+      <c r="D60" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="E60" s="253" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A61" s="231" t="s">
+        <v>400</v>
+      </c>
+      <c r="B61" s="232" t="s">
+        <v>421</v>
+      </c>
+      <c r="C61" s="233" t="s">
+        <v>422</v>
+      </c>
+      <c r="D61" s="234" t="s">
+        <v>329</v>
+      </c>
+      <c r="E61" s="254" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="221" t="s">
+        <v>400</v>
+      </c>
+      <c r="B62" s="222" t="s">
+        <v>423</v>
+      </c>
+      <c r="C62" s="223" t="s">
+        <v>424</v>
+      </c>
+      <c r="D62" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E62" s="226" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="60" x14ac:dyDescent="0.25">
+      <c r="A63" s="255" t="s">
+        <v>400</v>
+      </c>
+      <c r="B63" s="256" t="s">
+        <v>59</v>
+      </c>
+      <c r="C63" s="110" t="s">
+        <v>425</v>
+      </c>
+      <c r="D63" s="224" t="s">
+        <v>329</v>
+      </c>
+      <c r="E63" s="225" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="270"/>
+      <c r="B64" s="270"/>
+      <c r="C64" s="270"/>
+      <c r="D64" s="270"/>
+      <c r="E64" s="270"/>
+    </row>
+    <row r="65" spans="1:5" ht="62.25" x14ac:dyDescent="0.25">
+      <c r="A65" s="219" t="s">
+        <v>426</v>
+      </c>
+      <c r="B65" s="219" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" s="220" t="s">
+        <v>324</v>
+      </c>
+      <c r="D65" s="220" t="s">
+        <v>427</v>
+      </c>
+      <c r="E65" s="220" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A66" s="128" t="s">
+        <v>428</v>
+      </c>
+      <c r="B66" s="122" t="s">
+        <v>429</v>
+      </c>
+      <c r="C66" s="110" t="s">
+        <v>430</v>
+      </c>
+      <c r="D66" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E66" s="225" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A67" s="128" t="s">
+        <v>431</v>
+      </c>
+      <c r="B67" s="122" t="s">
+        <v>429</v>
+      </c>
+      <c r="C67" s="110" t="s">
+        <v>432</v>
+      </c>
+      <c r="D67" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E67" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A68" s="128" t="s">
+        <v>433</v>
+      </c>
+      <c r="B68" s="122" t="s">
+        <v>429</v>
+      </c>
+      <c r="C68" s="110" t="s">
+        <v>434</v>
+      </c>
+      <c r="D68" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E68" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="120" x14ac:dyDescent="0.25">
+      <c r="A69" s="128" t="s">
+        <v>435</v>
+      </c>
+      <c r="B69" s="122" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" s="110" t="s">
         <v>436</v>
       </c>
-      <c r="E45" s="240" t="s">
+      <c r="D69" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E69" s="225" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A70" s="128" t="s">
+        <v>437</v>
+      </c>
+      <c r="B70" s="122" t="s">
+        <v>429</v>
+      </c>
+      <c r="C70" s="110" t="s">
+        <v>438</v>
+      </c>
+      <c r="D70" s="122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E70" s="225" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="270"/>
+      <c r="B71" s="270"/>
+      <c r="C71" s="270"/>
+      <c r="D71" s="270"/>
+      <c r="E71" s="270"/>
+    </row>
+    <row r="72" spans="1:5" ht="62.25" x14ac:dyDescent="0.25">
+      <c r="A72" s="219" t="s">
+        <v>439</v>
+      </c>
+      <c r="B72" s="219" t="s">
+        <v>323</v>
+      </c>
+      <c r="C72" s="220" t="s">
+        <v>324</v>
+      </c>
+      <c r="D72" s="220" t="s">
+        <v>440</v>
+      </c>
+      <c r="E72" s="220" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="46" spans="1:5" ht="60" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="C47" s="243" t="s">
+    <row r="73" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A73" s="210" t="s">
         <v>441</v>
       </c>
-      <c r="D47" s="129" t="s">
-[...10 lines deleted...]
-      <c r="B48" s="268" t="s">
+      <c r="B73" s="122" t="s">
         <v>442</v>
       </c>
-      <c r="C48" s="243" t="s">
+      <c r="C73" s="110" t="s">
         <v>443</v>
       </c>
-      <c r="D48" s="244" t="s">
-[...13 lines deleted...]
-      <c r="C49" s="113" t="s">
+      <c r="D73" s="122" t="s">
+        <v>349</v>
+      </c>
+      <c r="E73" s="225" t="s">
         <v>444</v>
       </c>
-      <c r="D49" s="269" t="s">
-[...392 lines deleted...]
-      </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A74" s="277"/>
+      <c r="A74" s="257"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A64:E64"/>
     <mergeCell ref="A71:E71"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{137C81C7-65F9-43B3-9D00-4676A55F557A}">
   <sheetPr>
     <tabColor rgb="FF92F8F6"/>
   </sheetPr>
   <dimension ref="A1:G40"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.28515625" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" style="39" customWidth="1"/>
     <col min="7" max="7" width="75.28515625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="220"/>
-[...4 lines deleted...]
-      <c r="F1" s="221" t="s">
+      <c r="A1" s="200"/>
+      <c r="B1" s="201"/>
+      <c r="C1" s="201"/>
+      <c r="D1" s="201"/>
+      <c r="E1" s="201"/>
+      <c r="F1" s="201" t="s">
         <v>107</v>
       </c>
-      <c r="G1" s="222"/>
+      <c r="G1" s="202"/>
     </row>
     <row r="2" spans="1:7" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A2" s="211" t="s">
+      <c r="A2" s="191" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="212" t="s">
+      <c r="B2" s="192" t="s">
         <v>108</v>
       </c>
-      <c r="C2" s="212" t="s">
+      <c r="C2" s="192" t="s">
         <v>210</v>
       </c>
-      <c r="D2" s="212" t="s">
+      <c r="D2" s="192" t="s">
         <v>102</v>
       </c>
-      <c r="E2" s="212" t="s">
+      <c r="E2" s="192" t="s">
         <v>111</v>
       </c>
-      <c r="F2" s="212" t="s">
+      <c r="F2" s="192" t="s">
         <v>109</v>
       </c>
-      <c r="G2" s="212" t="s">
+      <c r="G2" s="192" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="67.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="142" t="s">
+      <c r="A3" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="144" t="s">
+      <c r="E3" s="134" t="s">
         <v>142</v>
       </c>
-      <c r="F3" s="144" t="s">
+      <c r="F3" s="134" t="s">
         <v>175</v>
       </c>
       <c r="G3" s="94" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="142" t="s">
+      <c r="A4" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B4" s="129"/>
-[...4 lines deleted...]
-      <c r="E4" s="145" t="s">
+      <c r="B4" s="122"/>
+      <c r="C4" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="122"/>
+      <c r="E4" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F4" s="138" t="s">
+      <c r="F4" s="128" t="s">
         <v>140</v>
       </c>
       <c r="G4" s="110" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="142" t="s">
+      <c r="A5" s="132" t="s">
         <v>235</v>
       </c>
       <c r="B5" s="37"/>
       <c r="C5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="144" t="s">
+      <c r="E5" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F5" s="99" t="s">
         <v>129</v>
       </c>
       <c r="G5" s="96" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="31.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="142" t="s">
+      <c r="A6" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B6" s="129"/>
-[...4 lines deleted...]
-      <c r="E6" s="145" t="s">
+      <c r="B6" s="122"/>
+      <c r="C6" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="122"/>
+      <c r="E6" s="135" t="s">
         <v>143</v>
       </c>
-      <c r="F6" s="138" t="s">
+      <c r="F6" s="128" t="s">
         <v>126</v>
       </c>
-      <c r="G6" s="140" t="s">
+      <c r="G6" s="130" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="142" t="s">
+      <c r="A7" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B7" s="37"/>
       <c r="C7" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="37"/>
-      <c r="E7" s="144" t="s">
+      <c r="E7" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F7" s="99" t="s">
         <v>122</v>
       </c>
       <c r="G7" s="96" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="94.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="142" t="s">
+      <c r="A8" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B8" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E8" s="145" t="s">
+      <c r="B8" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="122"/>
+      <c r="D8" s="122"/>
+      <c r="E8" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F8" s="138" t="s">
+      <c r="F8" s="128" t="s">
         <v>118</v>
       </c>
       <c r="G8" s="110" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="143" t="s">
-        <v>241</v>
+      <c r="A9" s="133" t="s">
+        <v>238</v>
       </c>
       <c r="B9" s="37"/>
       <c r="C9" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="E9" s="144" t="s">
+      <c r="E9" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F9" s="99" t="s">
         <v>135</v>
       </c>
       <c r="G9" s="95" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="142" t="s">
+      <c r="A10" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B10" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E10" s="145" t="s">
+      <c r="B10" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="122"/>
+      <c r="D10" s="122"/>
+      <c r="E10" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F10" s="138" t="s">
+      <c r="F10" s="128" t="s">
         <v>115</v>
       </c>
-      <c r="G10" s="140" t="s">
+      <c r="G10" s="130" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="142" t="s">
+      <c r="A11" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="37"/>
-      <c r="E11" s="144" t="s">
+      <c r="E11" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F11" s="99" t="s">
         <v>137</v>
       </c>
       <c r="G11" s="96" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="142" t="s">
+      <c r="A12" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B12" s="129"/>
-[...4 lines deleted...]
-      <c r="E12" s="145" t="s">
+      <c r="B12" s="122"/>
+      <c r="C12" s="122"/>
+      <c r="D12" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E12" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F12" s="145" t="s">
+      <c r="F12" s="135" t="s">
         <v>177</v>
       </c>
-      <c r="G12" s="140" t="s">
+      <c r="G12" s="130" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="142" t="s">
+      <c r="A13" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="37"/>
       <c r="D13" s="37"/>
-      <c r="E13" s="144" t="s">
+      <c r="E13" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F13" s="99" t="s">
         <v>114</v>
       </c>
       <c r="G13" s="96" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="42.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="142" t="s">
+      <c r="A14" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B14" s="129"/>
-[...4 lines deleted...]
-      <c r="E14" s="145" t="s">
+      <c r="B14" s="122"/>
+      <c r="C14" s="122"/>
+      <c r="D14" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E14" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F14" s="145" t="s">
+      <c r="F14" s="135" t="s">
         <v>178</v>
       </c>
-      <c r="G14" s="140" t="s">
+      <c r="G14" s="130" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="142" t="s">
+      <c r="A15" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
-      <c r="E15" s="144" t="s">
+      <c r="E15" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F15" s="99" t="s">
         <v>120</v>
       </c>
       <c r="G15" s="97" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="60.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="142" t="s">
+      <c r="A16" s="132" t="s">
         <v>235</v>
       </c>
-      <c r="B16" s="129"/>
-[...6 lines deleted...]
-      <c r="E16" s="145" t="s">
+      <c r="B16" s="122"/>
+      <c r="C16" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E16" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F16" s="138" t="s">
+      <c r="F16" s="128" t="s">
         <v>124</v>
       </c>
-      <c r="G16" s="141" t="s">
+      <c r="G16" s="131" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="142" t="s">
+      <c r="A17" s="132" t="s">
         <v>235</v>
       </c>
       <c r="B17" s="37"/>
       <c r="C17" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="E17" s="144" t="s">
+      <c r="E17" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F17" s="99" t="s">
         <v>131</v>
       </c>
       <c r="G17" s="97" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="142" t="s">
+      <c r="A18" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B18" s="129"/>
-[...4 lines deleted...]
-      <c r="E18" s="145" t="s">
+      <c r="B18" s="122"/>
+      <c r="C18" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" s="122"/>
+      <c r="E18" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F18" s="138" t="s">
+      <c r="F18" s="128" t="s">
         <v>127</v>
       </c>
-      <c r="G18" s="140" t="s">
+      <c r="G18" s="130" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="142" t="s">
+      <c r="A19" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B19" s="37"/>
       <c r="C19" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D19" s="37"/>
-      <c r="E19" s="144" t="s">
+      <c r="E19" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F19" s="99" t="s">
         <v>128</v>
       </c>
       <c r="G19" s="96" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="92.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="142" t="s">
+      <c r="A20" s="132" t="s">
         <v>232</v>
       </c>
-      <c r="B20" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E20" s="145" t="s">
+      <c r="B20" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C20" s="122"/>
+      <c r="D20" s="122"/>
+      <c r="E20" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F20" s="138" t="s">
+      <c r="F20" s="128" t="s">
         <v>113</v>
       </c>
-      <c r="G20" s="140" t="s">
+      <c r="G20" s="130" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="142" t="s">
+      <c r="A21" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B21" s="37"/>
       <c r="C21" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="37"/>
-      <c r="E21" s="144" t="s">
+      <c r="E21" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F21" s="99" t="s">
         <v>125</v>
       </c>
       <c r="G21" s="96" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="142" t="s">
+      <c r="A22" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B22" s="129"/>
-[...4 lines deleted...]
-      <c r="E22" s="145" t="s">
+      <c r="B22" s="122"/>
+      <c r="C22" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D22" s="122"/>
+      <c r="E22" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F22" s="138" t="s">
+      <c r="F22" s="128" t="s">
         <v>5</v>
       </c>
-      <c r="G22" s="141" t="s">
+      <c r="G22" s="131" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-      <c r="A23" s="142" t="s">
+      <c r="A23" s="132" t="s">
         <v>235</v>
       </c>
       <c r="B23" s="37"/>
       <c r="C23" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D23" s="37"/>
-      <c r="E23" s="144" t="s">
+      <c r="E23" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F23" s="99" t="s">
         <v>134</v>
       </c>
       <c r="G23" s="95" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="40.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="142" t="s">
+      <c r="A24" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B24" s="129"/>
-[...4 lines deleted...]
-      <c r="E24" s="145" t="s">
+      <c r="B24" s="122"/>
+      <c r="C24" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D24" s="122"/>
+      <c r="E24" s="135" t="s">
         <v>143</v>
       </c>
-      <c r="F24" s="138" t="s">
+      <c r="F24" s="128" t="s">
         <v>138</v>
       </c>
-      <c r="G24" s="140" t="s">
+      <c r="G24" s="130" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A25" s="142" t="s">
+      <c r="A25" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B25" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
-      <c r="E25" s="144" t="s">
+      <c r="E25" s="134" t="s">
         <v>143</v>
       </c>
       <c r="F25" s="99" t="s">
         <v>116</v>
       </c>
       <c r="G25" s="96" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="142" t="s">
+      <c r="A26" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B26" s="129"/>
-[...4 lines deleted...]
-      <c r="E26" s="145" t="s">
+      <c r="B26" s="122"/>
+      <c r="C26" s="122"/>
+      <c r="D26" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E26" s="135" t="s">
         <v>143</v>
       </c>
-      <c r="F26" s="145" t="s">
+      <c r="F26" s="135" t="s">
         <v>180</v>
       </c>
-      <c r="G26" s="139" t="s">
+      <c r="G26" s="129" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="31.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="142" t="s">
+      <c r="A27" s="132" t="s">
         <v>217</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="37"/>
-      <c r="E27" s="144" t="s">
+      <c r="E27" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F27" s="99" t="s">
         <v>139</v>
       </c>
       <c r="G27" s="96" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="142" t="s">
+      <c r="A28" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B28" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E28" s="145" t="s">
+      <c r="B28" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C28" s="122"/>
+      <c r="D28" s="122"/>
+      <c r="E28" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F28" s="138" t="s">
+      <c r="F28" s="128" t="s">
         <v>123</v>
       </c>
-      <c r="G28" s="140" t="s">
+      <c r="G28" s="130" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="142" t="s">
+      <c r="A29" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B29" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C29" s="37"/>
       <c r="D29" s="37"/>
-      <c r="E29" s="144" t="s">
+      <c r="E29" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F29" s="99" t="s">
         <v>119</v>
       </c>
       <c r="G29" s="96" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="45" x14ac:dyDescent="0.25">
-      <c r="A30" s="142" t="s">
+      <c r="A30" s="132" t="s">
         <v>217</v>
       </c>
-      <c r="B30" s="129"/>
-[...4 lines deleted...]
-      <c r="E30" s="145" t="s">
+      <c r="B30" s="122"/>
+      <c r="C30" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D30" s="122"/>
+      <c r="E30" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F30" s="138" t="s">
+      <c r="F30" s="128" t="s">
         <v>136</v>
       </c>
       <c r="G30" s="110" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="61.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="142" t="s">
+      <c r="A31" s="132" t="s">
         <v>235</v>
       </c>
       <c r="B31" s="37"/>
       <c r="C31" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="37"/>
-      <c r="E31" s="144" t="s">
+      <c r="E31" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F31" s="99" t="s">
         <v>130</v>
       </c>
       <c r="G31" s="97" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="142" t="s">
-[...7 lines deleted...]
-      <c r="E32" s="145" t="s">
+      <c r="A32" s="132" t="s">
+        <v>239</v>
+      </c>
+      <c r="B32" s="122"/>
+      <c r="C32" s="122"/>
+      <c r="D32" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E32" s="135" t="s">
         <v>143</v>
       </c>
-      <c r="F32" s="145" t="s">
+      <c r="F32" s="135" t="s">
         <v>179</v>
       </c>
-      <c r="G32" s="140" t="s">
+      <c r="G32" s="130" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="142" t="s">
+      <c r="A33" s="132" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="37"/>
       <c r="C33" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="37"/>
-      <c r="E33" s="144" t="s">
+      <c r="E33" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F33" s="99" t="s">
         <v>133</v>
       </c>
       <c r="G33" s="95" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="142" t="s">
+      <c r="A34" s="132" t="s">
         <v>217</v>
       </c>
-      <c r="B34" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E34" s="145" t="s">
+      <c r="B34" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C34" s="122"/>
+      <c r="D34" s="122"/>
+      <c r="E34" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F34" s="138" t="s">
+      <c r="F34" s="128" t="s">
         <v>117</v>
       </c>
-      <c r="G34" s="140" t="s">
+      <c r="G34" s="130" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="142" t="s">
+      <c r="A35" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="37"/>
-      <c r="E35" s="144" t="s">
+      <c r="E35" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F35" s="99" t="s">
         <v>132</v>
       </c>
       <c r="G35" s="98" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="142" t="s">
+      <c r="A36" s="132" t="s">
         <v>223</v>
       </c>
-      <c r="B36" s="129" t="s">
-[...4 lines deleted...]
-      <c r="E36" s="145" t="s">
+      <c r="B36" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C36" s="122"/>
+      <c r="D36" s="122"/>
+      <c r="E36" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F36" s="138" t="s">
+      <c r="F36" s="128" t="s">
         <v>121</v>
       </c>
-      <c r="G36" s="140" t="s">
+      <c r="G36" s="130" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="91.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="142" t="s">
+      <c r="A37" s="132" t="s">
         <v>223</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="37"/>
       <c r="D37" s="37"/>
-      <c r="E37" s="144" t="s">
+      <c r="E37" s="134" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="99" t="s">
         <v>112</v>
       </c>
       <c r="G37" s="95" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="142"/>
-[...7 lines deleted...]
-      <c r="E38" s="145" t="s">
+      <c r="A38" s="132"/>
+      <c r="B38" s="122"/>
+      <c r="C38" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="D38" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="E38" s="135" t="s">
         <v>142</v>
       </c>
-      <c r="F38" s="138" t="s">
+      <c r="F38" s="128" t="s">
         <v>141</v>
       </c>
-      <c r="G38" s="140" t="s">
+      <c r="G38" s="130" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B40" s="42"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G38" xr:uid="{137C81C7-65F9-43B3-9D00-4676A55F557A}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{7530bded-fd6e-4f58-b5d2-ea681eb07663}" enabled="0" method="" siteId="{7530bded-fd6e-4f58-b5d2-ea681eb07663}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>2025-2026 Accomm Crosswalk</vt:lpstr>
       <vt:lpstr>CMAS</vt:lpstr>
       <vt:lpstr>CoAlt</vt:lpstr>
       <vt:lpstr>ACCESS</vt:lpstr>
       <vt:lpstr>WIDA ACCESS</vt:lpstr>
       <vt:lpstr>Alternate ACCESS</vt:lpstr>